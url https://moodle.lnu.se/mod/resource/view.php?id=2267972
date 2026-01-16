--- v0 (2025-11-24)
+++ v1 (2026-01-16)
@@ -3,605 +3,453 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10824"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11214"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://linnaeus-my.sharepoint.com/personal/eutyv_lnu_se/Documents/VFU-samordning/Blandat/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="9" documentId="13_ncr:1_{D54601D4-A478-8246-8A58-95A6F3BF1CDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{32C635B9-35CD-284A-9BA5-56F2A147F9A5}"/>
+  <xr:revisionPtr revIDLastSave="57" documentId="13_ncr:1_{D54601D4-A478-8246-8A58-95A6F3BF1CDD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F0A51C3F-799A-6044-A488-17DD88C8D4E1}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="500" windowWidth="28800" windowHeight="17500" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sjukhusen somatik" sheetId="1" r:id="rId1"/>
     <sheet name="Hälsocentraler Kalmar län" sheetId="3" r:id="rId2"/>
     <sheet name="Psykiatri" sheetId="4" r:id="rId3"/>
     <sheet name="Ambulans" sheetId="5" r:id="rId4"/>
     <sheet name="Kommuner" sheetId="6" r:id="rId5"/>
     <sheet name="VFU-samordnare" sheetId="7" r:id="rId6"/>
     <sheet name="Kliniska adjunkter" sheetId="8" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_GoBack" localSheetId="4">Kommuner!$D$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="626" uniqueCount="582">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="565" uniqueCount="527">
   <si>
     <t>E-post</t>
   </si>
   <si>
     <t>Telefon</t>
   </si>
   <si>
     <t>Länssjukhuset i Kalmar</t>
   </si>
   <si>
     <t>Akutmottagningen/AVA</t>
   </si>
   <si>
-    <t>0480-81465</t>
-[...7 lines deleted...]
-  <si>
     <t>Barnavd Vaggan Neo</t>
   </si>
   <si>
     <t>GK (geriatriska kliniken)</t>
   </si>
   <si>
     <t>Avd 30 EPM</t>
   </si>
   <si>
     <t>Agnes Annerbrink</t>
   </si>
   <si>
-    <t>0480-448059   </t>
-[...4 lines deleted...]
-  <si>
     <t>Avd 32 A</t>
   </si>
   <si>
     <t>Avd 32 B</t>
   </si>
   <si>
-    <t>0480-81281</t>
-[...4 lines deleted...]
-  <si>
     <t>Avd 5</t>
   </si>
   <si>
     <t>Malin Werner</t>
   </si>
   <si>
-    <t>0480-81141</t>
-[...1 lines deleted...]
-  <si>
     <t>Kirurgkliniken</t>
   </si>
   <si>
-    <t>0480-81134</t>
-[...1 lines deleted...]
-  <si>
     <t>Avd 6</t>
   </si>
   <si>
-    <t>0480-81132</t>
-[...1 lines deleted...]
-  <si>
     <t>Avd 7</t>
   </si>
   <si>
     <t>Avd 39, infektion, öron</t>
   </si>
   <si>
     <t>Kvinnokliniken</t>
   </si>
   <si>
     <t>Avd 8</t>
   </si>
   <si>
     <t>Medicinkliniken</t>
   </si>
   <si>
     <t>Anette Berg</t>
   </si>
   <si>
-    <t>0480-81335</t>
-[...4 lines deleted...]
-  <si>
     <t>Annelie Eriksson</t>
   </si>
   <si>
     <t>Avd 14 Njursektionen</t>
   </si>
   <si>
-    <t xml:space="preserve">Linda Johansson </t>
-[...1 lines deleted...]
-  <si>
     <t>Ortopedkliniken  16</t>
   </si>
   <si>
     <t>Frida Törnblad</t>
   </si>
   <si>
-    <t>0480-81225, 448712</t>
-[...1 lines deleted...]
-  <si>
     <t>Hjärtavdelningen</t>
   </si>
   <si>
     <t>IVA, UVA</t>
   </si>
   <si>
     <t xml:space="preserve">Anestesikliniken </t>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-  <si>
     <t>operation Kalmar</t>
   </si>
   <si>
     <t>Hälsocentral Färjestaden</t>
   </si>
   <si>
-    <t>0485-39128, 31550</t>
-[...1 lines deleted...]
-  <si>
     <t>Hälsocentral Borgholm</t>
   </si>
   <si>
     <t>Hälsocentral Mönsterås</t>
   </si>
   <si>
     <t>Hälsocentral Berga/Kalmar</t>
   </si>
   <si>
-    <t>0480-84838</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Åsa Lagesson </t>
   </si>
   <si>
-    <t>0480-84847</t>
-[...1 lines deleted...]
-  <si>
     <t>Hälsocentral Norrliden</t>
   </si>
   <si>
     <t>Tina Davidsson</t>
   </si>
   <si>
     <t>Hälsocentral Kvarnholmen</t>
   </si>
   <si>
-    <t>0480-81961</t>
-[...1 lines deleted...]
-  <si>
     <t>Hälsocentral Lindsdal</t>
   </si>
   <si>
     <t>Hälsocentral Stensö</t>
   </si>
   <si>
-    <t>0480-448885</t>
-[...4 lines deleted...]
-  <si>
     <t>Anita Wilander</t>
   </si>
   <si>
-    <t>0491-782128</t>
-[...1 lines deleted...]
-  <si>
     <t>Hälsocentral Gamleby</t>
   </si>
   <si>
     <t>Hälsocentral Vimmerby</t>
   </si>
   <si>
     <t>Hälsocentral Ankarsrum</t>
   </si>
   <si>
     <t>Hälsocentral Mörlunda</t>
   </si>
   <si>
     <t>Veronica Muuki</t>
   </si>
   <si>
-    <t>0495-23995</t>
-[...1 lines deleted...]
-  <si>
     <t>Susanne Svensson</t>
   </si>
   <si>
     <t>Hälsocentral Blomstermåla</t>
   </si>
   <si>
     <t>Hälsocentral Hultsfred</t>
   </si>
   <si>
     <t>Josefin Lundahl</t>
   </si>
   <si>
-    <t>0495-15502</t>
-[...4 lines deleted...]
-  <si>
     <t>Boel Wigren Gustafsson</t>
-  </si>
-[...1 lines deleted...]
-    <t>0495-440406</t>
   </si>
   <si>
     <t>Hälsocentral Kristineberg Oskarshamn</t>
   </si>
   <si>
     <t xml:space="preserve">Hälsocentral St Trädgårdsgatan V-vik              </t>
   </si>
   <si>
     <t>Hälsocentral Esplanaden Västervik</t>
   </si>
   <si>
     <t xml:space="preserve">Asyl- och flyktinghälsovården    </t>
   </si>
   <si>
     <t>Carolina Holmström</t>
   </si>
   <si>
     <t xml:space="preserve">                                              </t>
   </si>
   <si>
     <r>
       <t>Hälsocentral</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Hultsfred Sensia privat</t>
     </r>
   </si>
   <si>
     <t>Avd 1</t>
   </si>
   <si>
     <t>Pär Petersson</t>
   </si>
   <si>
-    <t>0480-81276</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t xml:space="preserve">        </t>
   </si>
   <si>
-    <t>0480-81294</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Sirpa Sundberg                                  </t>
   </si>
   <si>
     <t xml:space="preserve">Anders Törnevad  </t>
   </si>
   <si>
     <t xml:space="preserve">                        </t>
   </si>
   <si>
     <t xml:space="preserve">Lena Listrup                   </t>
   </si>
   <si>
     <t>Oskarshamns sjukhus</t>
   </si>
   <si>
     <t>Akutmottagningen</t>
   </si>
   <si>
-    <t>0491-782500</t>
-[...1 lines deleted...]
-  <si>
     <t>IVA</t>
   </si>
   <si>
     <t>Maria Engström</t>
   </si>
   <si>
-    <t>0491-782141</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">                                             </t>
   </si>
   <si>
     <t>0491-782143</t>
   </si>
   <si>
     <t>Kirurgen avd 7</t>
   </si>
   <si>
     <t>Erika Närklin</t>
   </si>
   <si>
-    <t>0491-782127</t>
-[...4 lines deleted...]
-  <si>
     <t>Medicinkliniken avd 4</t>
   </si>
   <si>
     <t>Ortopeden avd 8</t>
   </si>
   <si>
     <t>Psykiatri Oskarshamn</t>
   </si>
   <si>
     <t>Oskarshamn</t>
   </si>
   <si>
-    <t>0491-782286</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">BUP Oskarshamn </t>
   </si>
   <si>
     <t xml:space="preserve">Psykiatriska öppenvårdsmottagningen  </t>
   </si>
   <si>
     <t>Ann Karlsson</t>
   </si>
   <si>
     <t xml:space="preserve">    </t>
   </si>
   <si>
-    <t>0491-78 22 98, 076-11 98 758</t>
-[...1 lines deleted...]
-  <si>
     <t>Västerviks sjukhus</t>
   </si>
   <si>
-    <t>0490-86608</t>
-[...7 lines deleted...]
-  <si>
     <t>Barn- o ungdomskliniken avd 10</t>
   </si>
   <si>
     <t>Förlossning - BB</t>
   </si>
   <si>
     <t>Kvinnokliniken avd 89</t>
   </si>
   <si>
-    <t>0490-86141</t>
-[...1 lines deleted...]
-  <si>
     <t>Kirurg avd 1, Mag-tarm, allmänkirurgi</t>
   </si>
   <si>
     <t>Kirurg avd 2, Urologi, bröst, kärl allmän</t>
   </si>
   <si>
     <t>Negjla Gjana</t>
   </si>
   <si>
-    <t>0490-86144</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Emelie Wester </t>
   </si>
   <si>
     <t xml:space="preserve">Medicinkliniken avd 5 </t>
   </si>
   <si>
     <t>kardiologi</t>
   </si>
   <si>
-    <t>0490-86143</t>
-[...1 lines deleted...]
-  <si>
     <t>Ortopeden avd 3</t>
   </si>
   <si>
     <t>Huvudhandledare</t>
   </si>
   <si>
     <t>Placering</t>
   </si>
   <si>
-    <t>0480-81836, 84319</t>
-[...1 lines deleted...]
-  <si>
     <t>Psykiatri Kalmar, Nybro, Öland</t>
   </si>
   <si>
     <t>Psykiatri Västervik</t>
   </si>
   <si>
     <t>Psykkliniken Västerviks sjukhus</t>
   </si>
   <si>
-    <t>0490- 86333</t>
-[...1 lines deleted...]
-  <si>
     <t>Avd 21, 22, 23 och 24</t>
   </si>
   <si>
     <t>Psykrehabilitering</t>
   </si>
   <si>
     <t xml:space="preserve">                      </t>
   </si>
   <si>
     <t xml:space="preserve">BUP Västervik </t>
   </si>
   <si>
     <t>Vimmerby/Hultsfred</t>
   </si>
   <si>
     <t>vakant</t>
   </si>
   <si>
-    <t>0490-86304</t>
-[...1 lines deleted...]
-  <si>
     <t>Psykmottagning öppenvård</t>
   </si>
   <si>
     <t xml:space="preserve">Annika Jonsson </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                                         </t>
   </si>
   <si>
     <t xml:space="preserve">     </t>
   </si>
   <si>
-    <t>0490-86255</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Psykmottagning öppenvård </t>
   </si>
   <si>
     <t>Västervik</t>
   </si>
   <si>
     <t>Maria Eriksson</t>
   </si>
   <si>
     <t>Borgholm</t>
   </si>
   <si>
     <t>Peter Rundberg</t>
   </si>
   <si>
-    <t>0480-15123/070 2137959</t>
-[...1 lines deleted...]
-  <si>
     <t>Samordnare Kalmar/Nybro/Torsås/Borgholm</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kalmar 0480-81016, Emmaboda  0471-33719</t>
   </si>
   <si>
     <t>Kalmar kommun</t>
   </si>
   <si>
     <t>helen.johansson@emmaboda.se</t>
   </si>
   <si>
     <t xml:space="preserve">                     </t>
   </si>
   <si>
     <t xml:space="preserve">                                     </t>
   </si>
   <si>
     <t xml:space="preserve">                                                                  </t>
   </si>
   <si>
     <t xml:space="preserve">                             </t>
   </si>
   <si>
     <t xml:space="preserve">       </t>
   </si>
   <si>
     <t>Helen Johansson</t>
   </si>
@@ -652,71 +500,59 @@
   </si>
   <si>
     <t xml:space="preserve">Västervik kommun           </t>
   </si>
   <si>
     <t xml:space="preserve">Högsby kommun               </t>
   </si>
   <si>
     <t xml:space="preserve">Oskarshamn kommun                         </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">                                                        </t>
     </r>
     <r>
       <rPr>
         <sz val="15"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">                                    </t>
     </r>
   </si>
   <si>
-    <t>0480-446379, 0708 475711</t>
-[...1 lines deleted...]
-  <si>
     <t>Hälsocentral Blåkusten</t>
   </si>
   <si>
-    <t>0491-782091</t>
-[...1 lines deleted...]
-  <si>
     <t>Gitte Berglund- Persson</t>
   </si>
   <si>
-    <t>0499-58939 </t>
-[...1 lines deleted...]
-  <si>
     <t>VFU-samordnare</t>
   </si>
   <si>
-    <t>0490-86021</t>
-[...1 lines deleted...]
-  <si>
     <t>liza.reidvik@vastervik.se</t>
   </si>
   <si>
     <t>Lena Engdahl</t>
   </si>
   <si>
     <t>Louise Råbock</t>
   </si>
   <si>
     <t>erika.narklin@regionkalmar.se</t>
   </si>
   <si>
     <t>jessica.kristiansson@regionkalmar.se</t>
   </si>
   <si>
     <t>negjla.gjana@regionkalmar.se</t>
   </si>
   <si>
     <t>emelie.wester@regionkalmar.se</t>
   </si>
   <si>
     <t>louise.rabock@regionkalmar.se</t>
   </si>
   <si>
     <t>asa.lagesson@regionkalmar.se</t>
@@ -730,62 +566,56 @@
   <si>
     <t>anita.wilander@regionkalmar.se</t>
   </si>
   <si>
     <t>josefin.lundahl@regionkalmar.se</t>
   </si>
   <si>
     <t>carolina.holmstrom@regionkalmar.se</t>
   </si>
   <si>
     <t>par.petersson@regionkalmar.se</t>
   </si>
   <si>
     <t>lena.listrup@regionkalmar.se</t>
   </si>
   <si>
     <t xml:space="preserve">annika.jonsson@regionkalmar.se  </t>
   </si>
   <si>
     <t>maria.eriksson3@regionkalmar.se</t>
   </si>
   <si>
     <t>peter.rundberg@regionkalmar.se</t>
   </si>
   <si>
-    <t>patricia.andersen@regionkalmar.se</t>
-[...1 lines deleted...]
-  <si>
     <t>malin.werner@regionkalmar.se</t>
   </si>
   <si>
     <t>anette.berg@regionkalmar.se</t>
   </si>
   <si>
-    <t>linda.johansson6@regionkalmar.se</t>
-[...1 lines deleted...]
-  <si>
     <t>frida.stenstrom@regionkalmar.se</t>
   </si>
   <si>
     <t>maria.engstrom@regionkalmar.se</t>
   </si>
   <si>
     <t>gitte.persson@regionkalmar.se</t>
   </si>
   <si>
     <t xml:space="preserve">eveline.gronqvist@regionkalmar.se </t>
   </si>
   <si>
     <t>agnes.annerbrink@regionkalmar.se</t>
   </si>
   <si>
     <t>anders.tornevad@regionkalmar.se</t>
   </si>
   <si>
     <t>sirpa.sundberg@regionkalmar.se</t>
   </si>
   <si>
     <t>anneli.eriksson@regionkalmar.se</t>
   </si>
   <si>
     <t>veronica.muukki@regionkalmar.se</t>
@@ -814,80 +644,71 @@
   <si>
     <t>karin.angre@regionkalmar.se</t>
   </si>
   <si>
     <t>Marie Karlsson</t>
   </si>
   <si>
     <t>Ingela Magnusson</t>
   </si>
   <si>
     <t>ingela.magnusson@regionkalmar.se</t>
   </si>
   <si>
     <t>Isabel Blixt  </t>
   </si>
   <si>
     <t>isabel.blixt@regionkalmar.se</t>
   </si>
   <si>
     <t>charlotte.persson@regionkalmar.se</t>
   </si>
   <si>
     <t>Charlotte Persson</t>
   </si>
   <si>
-    <t>Emina Vuckic</t>
-[...4 lines deleted...]
-  <si>
     <t>Robert Küsel</t>
   </si>
   <si>
     <t>robert.kusel@regionkalmar.se</t>
   </si>
   <si>
     <t>Akutkliniken</t>
   </si>
   <si>
     <t>AVA</t>
   </si>
   <si>
     <t>Margareta Signell</t>
   </si>
   <si>
     <t>Dagkirurgen</t>
   </si>
   <si>
     <t>margareta.signell@regionkalmar.se</t>
   </si>
   <si>
-    <t>0499-20942</t>
-[...1 lines deleted...]
-  <si>
     <t>josefin.deurell.sjostrom@morbylanga.se</t>
   </si>
   <si>
     <t>Medicinkliniken avd 5</t>
   </si>
   <si>
     <t>Jonas Falk</t>
   </si>
   <si>
     <t>jonas.falk@regionkalmar.se</t>
   </si>
   <si>
     <t>Danehorn, Emil</t>
   </si>
   <si>
     <t>emil.danehorn@lnu.se</t>
   </si>
   <si>
     <t>Israelsson, Johan</t>
   </si>
   <si>
     <t>johan.israelsson@lnu.se</t>
   </si>
   <si>
     <t>Johansson, Christina</t>
@@ -907,53 +728,50 @@
   <si>
     <t>malin.nyman@lnu.se</t>
   </si>
   <si>
     <t>katrin.tempelhahn@regionkalmar.se</t>
   </si>
   <si>
     <t>chefsassistent</t>
   </si>
   <si>
     <t>Madelene Öreteg</t>
   </si>
   <si>
     <t xml:space="preserve">Onkologiska kliniken </t>
   </si>
   <si>
     <t>Kristina Karlsson</t>
   </si>
   <si>
     <t>kristina.karlsson3@regionkalmar.se</t>
   </si>
   <si>
     <t>Daniel Loftby</t>
   </si>
   <si>
-    <t>070-6379474</t>
-[...1 lines deleted...]
-  <si>
     <t>daniel.loftby@regionkalmar.se</t>
   </si>
   <si>
     <t>Joacim Svensson</t>
   </si>
   <si>
     <t>joacim.svensson@oskarshamn.se</t>
   </si>
   <si>
     <t>Malin Hult</t>
   </si>
   <si>
     <t>malin.hult@kalmar.se</t>
   </si>
   <si>
     <t>funkar ej</t>
   </si>
   <si>
     <t>Martina Fagerström</t>
   </si>
   <si>
     <t>johanna.soderstrom@regionkalmar.se</t>
   </si>
   <si>
     <t>elin.bergqvist@monsteras.se</t>
@@ -1075,53 +893,50 @@
   <si>
     <t>Avd  PIVA</t>
   </si>
   <si>
     <t xml:space="preserve">Avd 2 </t>
   </si>
   <si>
     <t>BUP</t>
   </si>
   <si>
     <t>Josefin Deurell</t>
   </si>
   <si>
     <t>linda.pettersson2@regionkalmar.se</t>
   </si>
   <si>
     <t>Linda Pettersson</t>
   </si>
   <si>
     <t>Karin Freckman</t>
   </si>
   <si>
     <t>karin.freckman@regionkalmar.se</t>
   </si>
   <si>
-    <t>0480-81971, 81917</t>
-[...1 lines deleted...]
-  <si>
     <t>avdelningschef</t>
   </si>
   <si>
     <t>Kalmar komnun LSS</t>
   </si>
   <si>
     <t>Hanna Etzner</t>
   </si>
   <si>
     <t>hanna.etzner@regionkalmar.se</t>
   </si>
   <si>
     <t>erna.sejdic@regionkalmar.se</t>
   </si>
   <si>
     <t>Erna Sejnic</t>
   </si>
   <si>
     <t>Frida Egnell</t>
   </si>
   <si>
     <t>Agnes Sjöstrand</t>
   </si>
   <si>
     <t>Anna Schröder</t>
@@ -1178,56 +993,50 @@
     <t>Akuten</t>
   </si>
   <si>
     <t>Elin Enarsson</t>
   </si>
   <si>
     <t>Linda Olofsson</t>
   </si>
   <si>
     <t>linda.olofsson@regionkalmar.se</t>
   </si>
   <si>
     <t>Anna Åberg</t>
   </si>
   <si>
     <t>anna.aberg@regionkalmar.se</t>
   </si>
   <si>
     <t>karin.ytterholm@regionkalmar.se</t>
   </si>
   <si>
     <t>Sandra Sandell</t>
   </si>
   <si>
     <t>sandra.sandell@nybro.se</t>
-  </si>
-[...4 lines deleted...]
-    <t>Niklas Magnusson</t>
   </si>
   <si>
     <t>Sophia Brunk</t>
   </si>
   <si>
     <t>sophia.brunk@regionkalmar.se</t>
   </si>
   <si>
     <t>Julia Heimonen Davis</t>
   </si>
   <si>
     <r>
       <t>Eveline Uhre Grönqvist</t>
     </r>
     <r>
       <rPr>
         <sz val="7.5"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve">                     </t>
     </r>
     <r>
       <rPr>
@@ -1512,131 +1321,110 @@
   <si>
     <t>010-3543105</t>
   </si>
   <si>
     <t>marten.svensson@regionkalmar.se</t>
   </si>
   <si>
     <t>Mårten Svensson</t>
   </si>
   <si>
     <t>Johan Ljungholm</t>
   </si>
   <si>
     <t>johan.ljungholm@regionkalmar.se</t>
   </si>
   <si>
     <t>vilhelm.aberg@regionkalmar.se</t>
   </si>
   <si>
     <t>Vilhelm Åberg</t>
   </si>
   <si>
     <t>Huvudhandledare med huvudansvar för avd 1-2,PIVA &amp; BUP</t>
   </si>
   <si>
-    <t>Anna-Karin Adriansson</t>
-[...10 lines deleted...]
-  <si>
     <t>Franzén Irene</t>
   </si>
   <si>
     <t>irene.franzen@lnu.se</t>
   </si>
   <si>
     <t>Ljungholm Linda</t>
   </si>
   <si>
     <t>linda.ljungholm@lnu.se</t>
   </si>
   <si>
     <t>Bergsten Anna</t>
   </si>
   <si>
     <t>anna.bergsten@lnu.se</t>
   </si>
   <si>
     <t>Hagerman Heidi</t>
   </si>
   <si>
     <t>heidi.hagerman@lnu.se</t>
   </si>
   <si>
     <t>010-3562488</t>
   </si>
   <si>
     <t>010-3562467</t>
   </si>
   <si>
     <t>Johanna Alm</t>
   </si>
   <si>
     <t>johanna.alm2@regionkalmar.se</t>
   </si>
   <si>
-    <t>OBS! 0480, 0491, 0490 har ersatts med 01035</t>
-[...4 lines deleted...]
-  <si>
     <t>Telefon riktnummer t ex  0480 har ersatts med 01035</t>
   </si>
   <si>
     <t>Helen Hahne</t>
   </si>
   <si>
     <t>helen.hahne@regionkalmar.se</t>
   </si>
   <si>
     <t>Marie-louise Jonsson</t>
   </si>
   <si>
     <t>marie-louise.jonsson@regionkalmar.se</t>
   </si>
   <si>
     <t xml:space="preserve"> Föräldraledig Moa Selldén</t>
   </si>
   <si>
     <t>Kristina Dahberg</t>
   </si>
   <si>
     <t>ansvarig kommunförbundet kalmar län</t>
   </si>
   <si>
-    <t>avd-chef</t>
-[...1 lines deleted...]
-  <si>
     <t>Maria Håkansson</t>
   </si>
   <si>
     <t>Sofia Svanfeldt</t>
   </si>
   <si>
     <t>Anna Andersson Petersson</t>
   </si>
   <si>
     <t>Caroline Jönsson</t>
   </si>
   <si>
     <t>caroline.jonsson@borgholm.se</t>
   </si>
   <si>
     <t>maria.hakansson@regionkalmar.se</t>
   </si>
   <si>
     <t>kristina.dahlberg@kfkl.se</t>
   </si>
   <si>
     <t>sofia.svanfeldt@regionkalmar.se</t>
   </si>
   <si>
     <t>anna.andersson.petersson@regionkalmar.se</t>
@@ -1803,105 +1591,141 @@
   <si>
     <t>Eric.Dicksson@morbylanga.se</t>
   </si>
   <si>
     <t>Eric Dicksson</t>
   </si>
   <si>
     <t>johanna.carlsson1@regionkalmar.se</t>
   </si>
   <si>
     <t>Johanna Carlsson</t>
   </si>
   <si>
     <t xml:space="preserve">Adehorn Anna </t>
   </si>
   <si>
     <t>anna.adehorn@lnu.se</t>
   </si>
   <si>
     <t>Måhlen Anna</t>
   </si>
   <si>
     <t>anna.mahlen@lnu.se</t>
   </si>
   <si>
-    <t>Agneta Riberth</t>
-[...1 lines deleted...]
-  <si>
     <t>agneta.riberth@lnu.se</t>
   </si>
   <si>
-    <t>Jenny Andersson</t>
-[...4 lines deleted...]
-  <si>
     <t>Victor Andersson</t>
   </si>
   <si>
     <t>Daniel Gardesten</t>
   </si>
   <si>
     <t>Isabell Larsson Hultqvist</t>
   </si>
   <si>
     <t>Anna-Lisa Löfgren</t>
   </si>
   <si>
     <t>Emma Landin</t>
   </si>
   <si>
     <t>emma.landin@regionkalmar.se</t>
   </si>
   <si>
     <t>Ewa Bonér</t>
   </si>
   <si>
     <t>ewa.boner@regionkalmar.se</t>
   </si>
   <si>
     <t>Medicin avd 6 Stroke</t>
   </si>
   <si>
     <t>isabella.lockstrom@regionkalmar.se</t>
   </si>
   <si>
     <t>Isabella Lockström Vimmerby</t>
   </si>
   <si>
     <t>martina.malmqvist@vimmerby.se</t>
   </si>
   <si>
     <t>Martina Malmqvist</t>
   </si>
   <si>
     <t>Sandra Olsson</t>
   </si>
   <si>
     <t>sandra.olsson@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>Johanna Wisell</t>
+  </si>
+  <si>
+    <t>johanna.wisell@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>sandra.alnefjord@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>Sandra Alnefjord</t>
+  </si>
+  <si>
+    <t>emilia.molin@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>Emilia Molin</t>
+  </si>
+  <si>
+    <t>linda.gustafsson2@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>Linda Gustafsson</t>
+  </si>
+  <si>
+    <t>0480-446379</t>
+  </si>
+  <si>
+    <t>Riberth Agneta</t>
+  </si>
+  <si>
+    <t>caroline.sandberg@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>Caroline Sandberg</t>
+  </si>
+  <si>
+    <t>Infektionsmottagningen</t>
+  </si>
+  <si>
+    <t>erika.gustavsson@regionkalmar.se</t>
+  </si>
+  <si>
+    <t>Erika Gustavsson</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -2496,2562 +2320,2441 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margareta.signell@regionkalmar.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:madelene.oreteg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.aberg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marten.svensson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebba.nilsson.wallden@regionkalmar.se" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helena.molin@regionkalmar.se" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helen.hahne@regionkalmar.se" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:huvudhandledare_hjartsektionen@regionkalmar.se" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erica.sandquist@regionkalmar.se" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emina.vuckic@regionkalmar.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anette.berg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eveline.gronqvist@regionkalmar.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ann-christin.eriksson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna-lisa.lofgren@regionkalmar.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingela.magnusson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.dopson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.zetterling@regionkalmar.se" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.nygren@regionkalmar.se" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johan.ljungholm@regionkalmar.se" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sofia.svanfeldt@regionkalmar.se" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nikoleta.marapidou@regionkalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:patricia.andersen@regionkalmar.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erna.sejdic@regionkalmar.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.annerbrink@regionkalmar.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.engstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johanna.soderstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asa.strandh@regionkalmar.se" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.ytterholm@regionkalmar.se" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veronika.lindebrand@regionkalmar.se" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenny.silverstrand@regionkalmar.se" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebba.johanson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ani.mirzojan@regionkalmar.se" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tove.olofsson.happick@regionkalmar.se" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.johansson6@regionkalmar.se" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.kennerstig@regionkalmar.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louise.rabock@regionkalmar.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frida.stenstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erika.narklin@regionkalmar.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanne.elgstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petra.liljegren@regionkalmar.se" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.reiser@regionkalmar.se" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.andersson.petersson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.schroder@regionkalmar.se" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charlotte.persson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.hanninen@regionkalmar.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:negjla.gjana@regionkalmar.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malin.werner@regionkalmar.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malin.c.magnusson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regina.ekholm@regionkalmar.se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:niklas.magnusson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.knutsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmy.johansson2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johanna.carlsson1@regionkalmar.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.angre@regionkalmar.se" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmy.nilsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emelie.wester@regionkalmar.se" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonne.bernsby@regionkalmar.se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malin.c.magnusson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.schroder@regionkalmar.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna-lisa.lofgren@regionkalmar.se" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helen.hahne@regionkalmar.se" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:regina.ekholm@regionkalmar.se" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marina.nygren@regionkalmar.se" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sofia.svanfeldt@regionkalmar.se" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erica.sandquist@regionkalmar.se" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nikoleta.marapidou@regionkalmar.se" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.sandberg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.engstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eveline.gronqvist@regionkalmar.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:madelene.oreteg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.zetterling@regionkalmar.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:margareta.signell@regionkalmar.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.aberg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jenny.silverstrand@regionkalmar.se" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johan.ljungholm@regionkalmar.se" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebba.johanson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ani.mirzojan@regionkalmar.se" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johanna.carlsson1@regionkalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malin.werner@regionkalmar.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:frida.stenstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebba.nilsson.wallden@regionkalmar.se" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helena.molin@regionkalmar.se" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:huvudhandledare_hjartsektionen@regionkalmar.se" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tove.olofsson.happick@regionkalmar.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.annerbrink@regionkalmar.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ingela.magnusson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ann-christin.eriksson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lisa.dopson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veronika.lindebrand@regionkalmar.se" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:petra.liljegren@regionkalmar.se" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.reiser@regionkalmar.se" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.andersson.petersson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.kennerstig@regionkalmar.se" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erika.gustavsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.angre@regionkalmar.se" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.hanninen@regionkalmar.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:louise.rabock@regionkalmar.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johanna.soderstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erna.sejdic@regionkalmar.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.ytterholm@regionkalmar.se" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.knutsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charlotte.persson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmy.johansson2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asa.strandh@regionkalmar.se" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emelie.wester@regionkalmar.se" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emilia.molin@regionkalmar.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:negjla.gjana@regionkalmar.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anette.berg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erika.narklin@regionkalmar.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:susanne.elgstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emmy.nilsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marten.svensson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:yvonne.bernsby@regionkalmar.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.freckman@regionkalmar.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.georgsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:pia.gustavsson2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lena.engdahl@regionkalmar.se" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.l.gustafsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewa.boner@regionkalmar.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolina.holmstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.froler@regionkalmar.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anneli.eriksson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna-karin.adriansson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mia.heino@regionkalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.davidsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elin.enarsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophia.brunk@regionkalmar.se" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie-louise.jonsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asa.lagesson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefin.lundahl@regionkalmar.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerstin.svensson6@regionkalmar.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.berndtsson.persson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nina.tornkvist@regionkalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veronica.muukki@regionkalmar.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.pettersson2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emma.svensson4@regionkalmar.se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johanna.alm2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.fagerstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.olofsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.lagesson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anita.wilander@regionkalmar.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonas.falk@regionkalmar.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emelie.bergsten@regionkalmar.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carina.parai@regionkalmar.se" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ylva.gransmark@regionkalmar.se" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.hakansson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gitte.persson@regionkalmar.se" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:karin.freckman@regionkalmar.se" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.georgsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:johanna.alm2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lena.engdahl@regionkalmar.se" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.l.gustafsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carolina.holmstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agnes.froler@regionkalmar.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anneli.eriksson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ylva.gransmark@regionkalmar.se" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mattias.alvunger@regionkalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tina.davidsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elin.enarsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophia.brunk@regionkalmar.se" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:diana.lagesson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asa.lagesson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefin.lundahl@regionkalmar.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kerstin.svensson6@regionkalmar.se" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.berndtsson.persson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ewa.boner@regionkalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:veronica.muukki@regionkalmar.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.pettersson2@regionkalmar.se" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emma.svensson4@regionkalmar.se" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.hakansson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:martina.fagerstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.olofsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mia.heino@regionkalmar.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anita.wilander@regionkalmar.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jonas.falk@regionkalmar.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emelie.bergsten@regionkalmar.se" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:carina.parai@regionkalmar.se" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:marie-louise.jonsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:nina.tornkvist@regionkalmar.se" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:gitte.persson@regionkalmar.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lena.listrup@regionkalmar.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anders.tornevad@regionkalmar.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:charlotta.pedersen@regionkalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sirpa.sundberg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:par.petersson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tanjaM@regionkalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:robert.kusel@regionkalmar.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:annika.jonsson@regionkalmar.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:vilhelm.aberg@regionkalmar.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.eriksson3@regionkalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:daniel.loftby@regionkalmar.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:peter.rundberg@regionkalmar.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:isabella.lockstrom@regionkalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:henrik.ryheden@regionkalmar.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Petra.Ingstrom@regionkalmar.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:josefin.deurell.sjostrom@morbylanga.se" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:caroline.jonsson@borgholm.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:malin.hult@kalmar.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ebba.fager@kalmar.se" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mikaela.lindebrand@hultsfred.se" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.rydberg@kalmar.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:joacim.svensson@oskarshamn.se" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:alexandra.skarsater@emmaboda.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:helen.johansson@emmaboda.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:michaela.karlsson@vimmerby.se" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:emelie.manfred@kalmar.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.steen2@borgholm.se" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Elin.Jonsson@nybro.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:jana.bock@hogsby.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:elin.bergqvist@monsteras.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Marie.Olsson2@torsas.se" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:erika.jonsson@vastervik.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anja.karlsson@regionkalmar.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.adehorn@lnu.se" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christina.lindgren@lnu.se" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:heidi.hagerman@lnu.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:christel.alvarsson@lnu.se" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camilla.allert@lnu.se" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.bergsten@lnu.se" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irene.franzen@lnu.se" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:agneta.riberth@lnu.se" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:linda.ljungholm@lnu.se" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.mahlen@lnu.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H140"/>
+  <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="134" zoomScaleNormal="134" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.33203125" style="2" customWidth="1"/>
     <col min="2" max="2" width="32.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="32.33203125" style="2" customWidth="1"/>
     <col min="4" max="4" width="15.5" style="2" customWidth="1"/>
     <col min="5" max="5" width="27.6640625" style="2" customWidth="1"/>
     <col min="6" max="16384" width="10.83203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="3">
-        <v>250924</v>
+        <v>260108</v>
       </c>
       <c r="B1" s="3"/>
       <c r="C1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D1" s="3"/>
     </row>
     <row r="2" spans="1:6" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="47" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D2" s="47"/>
       <c r="E2" s="47"/>
     </row>
     <row r="3" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B3" s="1"/>
       <c r="C3" s="20"/>
     </row>
     <row r="4" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A4" s="48" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>233</v>
+        <v>180</v>
       </c>
       <c r="C4" s="20" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="D4" s="1"/>
       <c r="F4" s="18"/>
     </row>
     <row r="5" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B5" s="2" t="s">
-        <v>334</v>
+        <v>276</v>
       </c>
       <c r="C5" s="58"/>
     </row>
     <row r="6" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B6" s="1" t="s">
-        <v>335</v>
+        <v>277</v>
       </c>
       <c r="C6" s="20"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A7" s="2" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>363</v>
+        <v>523</v>
       </c>
       <c r="C8" s="18" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="D8" s="1"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
       <c r="D9" s="19"/>
       <c r="E9" s="1"/>
       <c r="F9" s="21"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A10" s="1"/>
       <c r="B10" s="1"/>
       <c r="C10" s="20"/>
       <c r="D10" s="5"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>310</v>
+        <v>253</v>
       </c>
       <c r="C11" s="18" t="s">
-        <v>311</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="D11" s="5"/>
       <c r="E11"/>
       <c r="F11"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C13" s="18"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A14" s="1" t="s">
-        <v>424</v>
+        <v>364</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>425</v>
+        <v>365</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>426</v>
+        <v>366</v>
       </c>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A15" s="1"/>
       <c r="B15" s="2" t="s">
-        <v>427</v>
+        <v>367</v>
       </c>
       <c r="C15" s="18" t="s">
-        <v>428</v>
+        <v>368</v>
       </c>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>4</v>
+      </c>
+      <c r="D16" s="1"/>
       <c r="E16" s="2" t="s">
-        <v>489</v>
+        <v>423</v>
       </c>
       <c r="F16" s="18" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B17" s="2" t="s">
-        <v>494</v>
+        <v>427</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>500</v>
+        <v>433</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A19" s="1" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A20" s="1" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="C20" s="20" t="s">
-        <v>220</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D20" s="4"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B21" s="1" t="s">
-        <v>393</v>
+        <v>333</v>
       </c>
       <c r="C21" s="20" t="s">
-        <v>392</v>
+        <v>332</v>
       </c>
       <c r="D21" s="4"/>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A23" s="1" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>519</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>518</v>
+      </c>
+      <c r="D23" s="1"/>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A24"/>
       <c r="B24" s="1" t="s">
-        <v>357</v>
+        <v>299</v>
       </c>
       <c r="C24" s="20" t="s">
-        <v>358</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A25"/>
       <c r="B25" s="7"/>
       <c r="C25" s="18"/>
     </row>
     <row r="26" spans="1:4" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>418</v>
+        <v>358</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>419</v>
+        <v>359</v>
       </c>
       <c r="D26" s="1"/>
     </row>
     <row r="27" spans="1:4" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="1"/>
       <c r="B27" s="1"/>
       <c r="C27" s="20"/>
       <c r="D27" s="1"/>
     </row>
     <row r="28" spans="1:4" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="1" t="s">
-        <v>394</v>
+        <v>334</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>395</v>
+        <v>335</v>
       </c>
       <c r="C28" s="18" t="s">
-        <v>396</v>
+        <v>336</v>
       </c>
       <c r="D28" s="1"/>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A29" s="1"/>
       <c r="C29" s="21"/>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A31" s="1" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>571</v>
+        <v>501</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>572</v>
-[...3 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="D31" s="1"/>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A32" s="1"/>
       <c r="D32" s="1"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A33" s="1" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="B33" s="4" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C33" s="20" t="s">
-        <v>213</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A34" s="1"/>
       <c r="B34" s="4" t="s">
-        <v>231</v>
+        <v>178</v>
       </c>
       <c r="C34" s="20" t="s">
-        <v>232</v>
+        <v>179</v>
       </c>
       <c r="D34" s="1"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="4"/>
       <c r="C35" s="20"/>
       <c r="D35" s="1"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A36" s="1" t="s">
-        <v>338</v>
-[...7 lines deleted...]
-      <c r="E36" s="60" t="s">
+        <v>524</v>
+      </c>
+      <c r="B36" s="4" t="s">
+        <v>526</v>
+      </c>
+      <c r="C36" s="20" t="s">
         <v>525</v>
       </c>
+      <c r="D36" s="1"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
-      <c r="B37" s="7" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="20"/>
+      <c r="B37" s="4"/>
+      <c r="C37" s="20"/>
+      <c r="D37" s="1"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A38" s="1"/>
-[...2 lines deleted...]
-      <c r="E38" s="20"/>
+      <c r="A38" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="C38" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="E38" s="60" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A39" s="1"/>
       <c r="B39" s="7" t="s">
-        <v>403</v>
+        <v>459</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>401</v>
+        <v>460</v>
       </c>
       <c r="E39" s="20"/>
     </row>
     <row r="40" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
-      <c r="B40" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B40" s="7"/>
+      <c r="C40" s="18"/>
       <c r="E40" s="20"/>
     </row>
     <row r="41" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A41" s="1" t="s">
-        <v>20</v>
-      </c>
+        <v>340</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>343</v>
+      </c>
+      <c r="C41" s="18" t="s">
+        <v>341</v>
+      </c>
+      <c r="E41" s="20"/>
     </row>
     <row r="42" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B42" s="7"/>
-      <c r="C42" s="20"/>
+      <c r="A42" s="1"/>
+      <c r="B42" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="C42" s="18" t="s">
+        <v>342</v>
+      </c>
+      <c r="E42" s="20"/>
     </row>
     <row r="43" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A43" s="1" t="s">
-        <v>22</v>
-[...8 lines deleted...]
-        <v>21</v>
+        <v>12</v>
       </c>
     </row>
     <row r="44" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A44" s="1"/>
-[...6 lines deleted...]
-      <c r="D44" s="1"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="20"/>
     </row>
     <row r="45" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A45" s="1"/>
-[...1 lines deleted...]
-      <c r="C45" s="18"/>
+      <c r="A45" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>428</v>
+      </c>
+      <c r="C45" s="18" t="s">
+        <v>434</v>
+      </c>
       <c r="D45" s="1"/>
     </row>
     <row r="46" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="A46" s="1" t="s">
-[...3 lines deleted...]
-        <v>398</v>
+      <c r="A46" s="1"/>
+      <c r="B46" s="7" t="s">
+        <v>275</v>
       </c>
       <c r="C46" s="18" t="s">
-        <v>397</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row r="47" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B47" s="7" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A47" s="1"/>
+      <c r="B47" s="7"/>
+      <c r="C47" s="18"/>
+      <c r="D47" s="1"/>
     </row>
     <row r="48" spans="1:5" x14ac:dyDescent="0.2">
-      <c r="B48" s="1"/>
-      <c r="C48" s="21"/>
+      <c r="A48" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B48" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="C48" s="18" t="s">
+        <v>337</v>
+      </c>
+      <c r="D48" s="1"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A49" s="1" t="s">
-[...6 lines deleted...]
-        <v>462</v>
+      <c r="B49" s="7" t="s">
+        <v>470</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>471</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A50" s="1"/>
-[...6 lines deleted...]
-      <c r="D50" s="1"/>
+      <c r="B50" s="1"/>
+      <c r="C50" s="21"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A51" s="1"/>
-[...2 lines deleted...]
-      <c r="D51" s="1"/>
+      <c r="A51" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B51" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C51" s="18" t="s">
+        <v>402</v>
+      </c>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A52" s="1"/>
-      <c r="B52" s="1"/>
-      <c r="C52" s="18"/>
+      <c r="B52" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C52" s="18" t="s">
+        <v>511</v>
+      </c>
       <c r="D52" s="1"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A53" s="1"/>
+      <c r="B53" s="1"/>
+      <c r="C53" s="18"/>
       <c r="D53" s="1"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A54" s="1"/>
       <c r="D54" s="1"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
-        <v>267</v>
+        <v>211</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>268</v>
+        <v>212</v>
       </c>
       <c r="C55" s="18" t="s">
-        <v>269</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B56" s="1" t="s">
-        <v>460</v>
+        <v>400</v>
       </c>
       <c r="C56" s="18" t="s">
-        <v>459</v>
+        <v>399</v>
       </c>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B57" s="1"/>
       <c r="C57" s="18"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A58" s="2" t="s">
-        <v>348</v>
+        <v>290</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>349</v>
+        <v>291</v>
       </c>
       <c r="C58" s="18" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>328</v>
+        <v>270</v>
       </c>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A60" s="1" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A61" s="1" t="s">
-        <v>225</v>
+        <v>172</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="20"/>
       <c r="G61" s="1"/>
     </row>
     <row r="62" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B62" s="1" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="C62" s="18" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="D62" s="1"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A63" s="1"/>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B64" s="1"/>
       <c r="C64" s="18"/>
     </row>
     <row r="65" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A65" s="1" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>567</v>
+        <v>497</v>
       </c>
       <c r="C65" s="18" t="s">
-        <v>510</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="D65" s="1"/>
       <c r="E65" t="s">
-        <v>264</v>
+        <v>208</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>265</v>
+        <v>209</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>236</v>
+        <v>183</v>
       </c>
       <c r="H65" s="22" t="s">
-        <v>237</v>
+        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A66" s="1"/>
       <c r="B66" s="44" t="s">
-        <v>568</v>
+        <v>498</v>
       </c>
       <c r="C66" s="18"/>
       <c r="D66"/>
       <c r="E66"/>
     </row>
     <row r="67" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A67" s="1"/>
       <c r="B67" s="2" t="s">
-        <v>366</v>
+        <v>306</v>
       </c>
       <c r="C67" s="18"/>
       <c r="D67"/>
       <c r="E67"/>
     </row>
     <row r="68" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A68" s="1"/>
       <c r="B68" s="2" t="s">
-        <v>569</v>
+        <v>499</v>
       </c>
       <c r="C68" s="22"/>
       <c r="D68"/>
       <c r="E68"/>
     </row>
     <row r="69" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A69" s="1"/>
       <c r="B69" s="2" t="s">
-        <v>570</v>
+        <v>500</v>
       </c>
       <c r="C69" s="22"/>
       <c r="D69"/>
       <c r="E69"/>
     </row>
     <row r="70" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A70" s="1"/>
       <c r="B70" s="2" t="s">
-        <v>511</v>
+        <v>444</v>
       </c>
       <c r="C70" s="22"/>
       <c r="D70"/>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A71" s="1"/>
       <c r="C71" s="22"/>
       <c r="D71"/>
       <c r="E71"/>
     </row>
     <row r="72" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A72" s="1" t="s">
-        <v>33</v>
-[...5 lines deleted...]
-        <v>215</v>
+        <v>21</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C72" s="18" t="s">
+        <v>289</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="B73" s="2" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="F73" s="18"/>
     </row>
     <row r="74" spans="1:8" x14ac:dyDescent="0.2">
       <c r="C74" s="18"/>
     </row>
     <row r="75" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B75" s="1"/>
       <c r="C75" s="20"/>
       <c r="F75" s="1" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G75" s="20" t="s">
-        <v>216</v>
+        <v>163</v>
       </c>
     </row>
     <row r="76" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A76" s="1" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="B76" s="7" t="s">
-        <v>518</v>
+        <v>451</v>
       </c>
       <c r="C76" s="21" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="D76" s="1"/>
       <c r="E76" s="1"/>
       <c r="F76" s="21"/>
       <c r="G76"/>
     </row>
     <row r="77" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B77" s="7" t="s">
-        <v>513</v>
+        <v>446</v>
       </c>
       <c r="C77" s="18" t="s">
-        <v>514</v>
+        <v>447</v>
       </c>
       <c r="D77"/>
       <c r="E77"/>
     </row>
     <row r="78" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B78" s="7"/>
       <c r="C78" s="18"/>
       <c r="D78"/>
       <c r="E78"/>
     </row>
     <row r="79" spans="1:8" ht="18" x14ac:dyDescent="0.2">
       <c r="A79" s="11" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="D79"/>
       <c r="E79"/>
     </row>
     <row r="80" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A80" s="1"/>
       <c r="C80"/>
     </row>
     <row r="81" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A81" s="1" t="s">
-        <v>244</v>
+        <v>189</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>341</v>
+        <v>283</v>
       </c>
       <c r="C81" s="20" t="s">
-        <v>420</v>
-[...3 lines deleted...]
-      </c>
+        <v>360</v>
+      </c>
+      <c r="D81" s="4"/>
       <c r="E81" s="2" t="s">
-        <v>353</v>
+        <v>295</v>
       </c>
       <c r="F81" s="1"/>
     </row>
     <row r="82" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A82" s="1"/>
       <c r="B82" s="46" t="s">
-        <v>390</v>
+        <v>330</v>
       </c>
       <c r="C82" s="18" t="s">
-        <v>389</v>
+        <v>329</v>
       </c>
       <c r="D82" s="16"/>
       <c r="E82" s="2" t="s">
-        <v>245</v>
+        <v>190</v>
       </c>
       <c r="F82" s="1"/>
     </row>
     <row r="83" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A83"/>
       <c r="B83" s="1" t="s">
-        <v>246</v>
+        <v>191</v>
       </c>
       <c r="C83" s="18" t="s">
-        <v>248</v>
+        <v>193</v>
       </c>
       <c r="E83" s="2" t="s">
-        <v>247</v>
+        <v>192</v>
       </c>
     </row>
     <row r="84" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A84"/>
       <c r="C84" s="18"/>
     </row>
     <row r="85" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A85"/>
       <c r="B85" s="1"/>
     </row>
     <row r="86" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A86" s="1" t="s">
-        <v>95</v>
+        <v>66</v>
       </c>
       <c r="B86" s="1" t="s">
-        <v>96</v>
+        <v>67</v>
       </c>
       <c r="C86" s="59" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D86" s="1"/>
     </row>
     <row r="87" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A87"/>
       <c r="B87" s="1" t="s">
-        <v>98</v>
+        <v>68</v>
       </c>
     </row>
     <row r="88" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A88" s="26" t="s">
-        <v>100</v>
+        <v>70</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="C88" s="21" t="s">
-        <v>196</v>
+        <v>145</v>
       </c>
       <c r="E88" s="1"/>
       <c r="F88" s="21"/>
       <c r="G88" s="1" t="s">
-        <v>99</v>
+        <v>69</v>
       </c>
     </row>
     <row r="89" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A89" s="26"/>
       <c r="B89" s="2" t="s">
-        <v>399</v>
+        <v>339</v>
       </c>
       <c r="C89" s="18" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>354</v>
       </c>
       <c r="E89" s="2" t="s">
-        <v>435</v>
+        <v>375</v>
       </c>
       <c r="F89" s="18" t="s">
-        <v>279</v>
+        <v>222</v>
       </c>
       <c r="G89" s="1"/>
     </row>
     <row r="91" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A91" s="1" t="s">
-        <v>104</v>
+        <v>72</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>521</v>
+        <v>454</v>
       </c>
       <c r="C91" s="18" t="s">
-        <v>520</v>
+        <v>453</v>
       </c>
       <c r="D91" s="1"/>
       <c r="E91" s="2" t="s">
-        <v>517</v>
+        <v>450</v>
       </c>
       <c r="F91" s="18" t="s">
-        <v>522</v>
+        <v>455</v>
       </c>
     </row>
     <row r="92" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A92" s="1"/>
     </row>
     <row r="93" spans="1:7" x14ac:dyDescent="0.2">
       <c r="E93" s="1"/>
     </row>
     <row r="94" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A94" s="1" t="s">
-        <v>251</v>
+        <v>195</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>297</v>
+        <v>240</v>
       </c>
       <c r="C94" s="21" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D94" s="1"/>
       <c r="G94"/>
     </row>
     <row r="95" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A95" s="1"/>
       <c r="B95" s="2" t="s">
-        <v>508</v>
+        <v>441</v>
       </c>
       <c r="C95" s="21" t="s">
-        <v>509</v>
+        <v>442</v>
       </c>
       <c r="D95" s="1"/>
       <c r="G95"/>
     </row>
     <row r="97" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A97" s="1" t="s">
-        <v>105</v>
+        <v>73</v>
       </c>
       <c r="B97" s="1" t="s">
-        <v>330</v>
+        <v>272</v>
       </c>
       <c r="C97" s="20" t="s">
-        <v>331</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="D97" s="1"/>
     </row>
     <row r="100" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A100" s="1" t="s">
-        <v>443</v>
+        <v>383</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>441</v>
+        <v>381</v>
       </c>
       <c r="C100" s="18" t="s">
-        <v>442</v>
+        <v>382</v>
       </c>
     </row>
     <row r="101" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A101" s="1"/>
       <c r="C101" s="18"/>
     </row>
     <row r="102" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A102" s="2" t="s">
-        <v>444</v>
+        <v>384</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>446</v>
+        <v>386</v>
       </c>
       <c r="C102" s="20" t="s">
-        <v>445</v>
+        <v>385</v>
       </c>
     </row>
     <row r="103" spans="1:6" ht="18" x14ac:dyDescent="0.2">
       <c r="A103" s="11" t="s">
-        <v>114</v>
+        <v>80</v>
       </c>
       <c r="C103"/>
     </row>
     <row r="104" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A104" s="1" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="B104" s="1" t="s">
-        <v>448</v>
+        <v>388</v>
       </c>
       <c r="C104" s="21" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="D104" s="1"/>
     </row>
     <row r="105" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A105"/>
       <c r="B105" s="1"/>
       <c r="C105"/>
     </row>
     <row r="106" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="B106" s="1"/>
-[...3 lines deleted...]
-      </c>
+      <c r="A106" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B106" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C106" s="20" t="s">
+        <v>514</v>
+      </c>
+      <c r="D106" s="1"/>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A107" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C107" s="18"/>
+      <c r="B107" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="C107" s="18" t="s">
+        <v>516</v>
+      </c>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="B108" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F108" s="18"/>
+      <c r="C108" s="18"/>
     </row>
     <row r="109" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A109" s="1" t="s">
+        <v>81</v>
+      </c>
       <c r="B109" s="2" t="s">
-        <v>378</v>
+        <v>210</v>
       </c>
       <c r="C109" s="18" t="s">
-        <v>377</v>
-      </c>
+        <v>173</v>
+      </c>
+      <c r="F109" s="18"/>
     </row>
     <row r="110" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="C110" s="18"/>
+      <c r="B110" s="2" t="s">
+        <v>318</v>
+      </c>
+      <c r="C110" s="18" t="s">
+        <v>317</v>
+      </c>
     </row>
     <row r="111" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A111" s="1" t="s">
-[...8 lines deleted...]
-      <c r="D111" s="1"/>
+      <c r="C111" s="18"/>
     </row>
     <row r="112" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A112" s="1"/>
-      <c r="C112"/>
+      <c r="A112" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>278</v>
+      </c>
+      <c r="C112" s="20" t="s">
+        <v>279</v>
+      </c>
+      <c r="D112" s="1"/>
     </row>
     <row r="113" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="B113" s="7"/>
-      <c r="C113" s="18"/>
+      <c r="A113" s="1"/>
+      <c r="C113"/>
     </row>
     <row r="114" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A114" s="1" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="B114" s="7"/>
+      <c r="C114" s="18"/>
     </row>
     <row r="115" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A115"/>
+      <c r="A115" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>463</v>
+      </c>
+      <c r="C115" s="18" t="s">
+        <v>464</v>
+      </c>
+      <c r="D115" s="1"/>
+      <c r="E115" s="7" t="s">
+        <v>363</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>146</v>
+      </c>
     </row>
     <row r="116" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A116" s="1" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="A116"/>
     </row>
     <row r="117" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A117" s="1"/>
-      <c r="C117"/>
+      <c r="A117" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="B117" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C117" s="20" t="s">
+        <v>185</v>
+      </c>
+      <c r="D117" s="1"/>
     </row>
     <row r="118" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A118" s="1" t="s">
-[...8 lines deleted...]
-      <c r="D118" s="7"/>
+      <c r="A118" s="1"/>
+      <c r="C118"/>
     </row>
     <row r="119" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A119" s="1"/>
-      <c r="C119" s="18"/>
+      <c r="A119" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B119" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="C119" s="18" t="s">
+        <v>185</v>
+      </c>
       <c r="D119" s="7"/>
     </row>
     <row r="120" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A120" s="1" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A120" s="1"/>
+      <c r="C120" s="18"/>
       <c r="D120" s="7"/>
     </row>
-    <row r="122" spans="1:7" x14ac:dyDescent="0.2">
-[...11 lines deleted...]
-      </c>
+    <row r="121" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="A121" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>294</v>
+      </c>
+      <c r="C121" s="18" t="s">
+        <v>301</v>
+      </c>
+      <c r="D121" s="7"/>
     </row>
     <row r="123" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A123" s="1" t="s">
-        <v>128</v>
+      <c r="A123" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>86</v>
+      </c>
+      <c r="C123" s="20" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="124" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A124" s="1"/>
-[...1 lines deleted...]
-        <v>342</v>
+      <c r="A124" s="1" t="s">
+        <v>89</v>
+      </c>
+      <c r="B124" s="2" t="s">
+        <v>449</v>
       </c>
       <c r="C124" s="18" t="s">
-        <v>343</v>
+        <v>448</v>
       </c>
     </row>
     <row r="125" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A125" s="1"/>
-      <c r="B125" s="7"/>
-      <c r="C125" s="18"/>
+      <c r="B125" s="7" t="s">
+        <v>284</v>
+      </c>
+      <c r="C125" s="18" t="s">
+        <v>285</v>
+      </c>
     </row>
     <row r="126" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="A126" s="1" t="s">
-[...8 lines deleted...]
-      <c r="D126" s="50"/>
+      <c r="A126" s="1"/>
+      <c r="B126" s="7"/>
+      <c r="C126" s="18"/>
     </row>
     <row r="127" spans="1:7" x14ac:dyDescent="0.2">
-      <c r="F127" s="2" t="s">
-[...19 lines deleted...]
-      <c r="F129" s="18"/>
+      <c r="A127" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>485</v>
+      </c>
+      <c r="C127" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="D127" s="50"/>
+    </row>
+    <row r="128" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="F128" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G128" s="18" t="s">
+        <v>182</v>
+      </c>
     </row>
     <row r="130" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="C130" s="18"/>
-[...13 lines deleted...]
-      </c>
+      <c r="A130" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B130" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>148</v>
+      </c>
+      <c r="F130" s="18"/>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="C131" s="18"/>
     </row>
     <row r="133" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A133" s="2" t="s">
+        <v>90</v>
+      </c>
       <c r="B133" s="2" t="s">
-        <v>195</v>
+        <v>307</v>
       </c>
       <c r="C133" s="21" t="s">
-        <v>200</v>
-[...32 lines deleted...]
-      <c r="C139" s="18"/>
+        <v>166</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B134" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C134" s="21" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A136" s="2" t="s">
+        <v>233</v>
+      </c>
+      <c r="E136" s="7" t="s">
+        <v>419</v>
+      </c>
+      <c r="F136" s="18" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A138" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B138" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C138" s="18" t="s">
+        <v>490</v>
+      </c>
+      <c r="E138" s="7" t="s">
+        <v>478</v>
+      </c>
+      <c r="F138" s="49" t="s">
+        <v>479</v>
+      </c>
     </row>
     <row r="140" spans="1:6" x14ac:dyDescent="0.2">
-      <c r="A140" s="2" t="s">
-[...6 lines deleted...]
-        <v>529</v>
+      <c r="B140" s="7"/>
+      <c r="C140" s="18"/>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A141" s="2" t="s">
+        <v>315</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>461</v>
+      </c>
+      <c r="C141" s="18" t="s">
+        <v>462</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="C122" r:id="rId1" xr:uid="{5798AC55-4349-D745-87DD-4DF4F26313D6}"/>
-[...1 lines deleted...]
-    <hyperlink ref="C133" r:id="rId3" xr:uid="{2C513A88-BC27-EE4F-9650-0A473F82F299}"/>
+    <hyperlink ref="C123" r:id="rId1" xr:uid="{5798AC55-4349-D745-87DD-4DF4F26313D6}"/>
+    <hyperlink ref="C133" r:id="rId2" xr:uid="{5704655F-5F2A-C14A-8512-32A1554E5A0F}"/>
+    <hyperlink ref="C134" r:id="rId3" xr:uid="{2C513A88-BC27-EE4F-9650-0A473F82F299}"/>
     <hyperlink ref="C20" r:id="rId4" xr:uid="{70C849C4-9B26-F64D-9782-7BF8191AEC51}"/>
-    <hyperlink ref="C23" r:id="rId5" xr:uid="{C31938F8-F065-0640-8FB7-76F2284CE3A8}"/>
-[...51 lines deleted...]
-    <hyperlink ref="C137" r:id="rId57" xr:uid="{29E387F7-7E61-7342-BCC3-5752AC9FA1E1}"/>
+    <hyperlink ref="C33" r:id="rId5" xr:uid="{83680C5D-8A5B-BE4F-9C30-9771EAB5EA59}"/>
+    <hyperlink ref="C62" r:id="rId6" xr:uid="{C1B96B75-8001-B94B-800E-0F3249369245}"/>
+    <hyperlink ref="C86" r:id="rId7" xr:uid="{248113D4-ABA0-C840-BEFA-EC4D5948BC91}"/>
+    <hyperlink ref="C34" r:id="rId8" xr:uid="{EA894977-DD8E-E540-97A2-DB6C1E7B670F}"/>
+    <hyperlink ref="G128" r:id="rId9" xr:uid="{54AC1B3C-85D2-E94F-AA34-2F912BB268B8}"/>
+    <hyperlink ref="G75" r:id="rId10" xr:uid="{6B28F27A-11D1-754A-AC4F-853C0DA5C2B8}"/>
+    <hyperlink ref="C83" r:id="rId11" xr:uid="{451EBFEF-316E-344E-835A-13DC51E95A03}"/>
+    <hyperlink ref="F89" r:id="rId12" xr:uid="{DC5FFFB9-5836-EA4A-BC38-D744DA75B259}"/>
+    <hyperlink ref="C94" r:id="rId13" xr:uid="{15EBF484-1E40-2341-92B4-FC8ACB425F2A}"/>
+    <hyperlink ref="C11" r:id="rId14" xr:uid="{BEF6D234-DB01-994B-9094-50ED58C42315}"/>
+    <hyperlink ref="C88" r:id="rId15" xr:uid="{0FFBB008-2F46-B443-AB55-E91AA92437BD}"/>
+    <hyperlink ref="C109" r:id="rId16" xr:uid="{DABB2E77-48BF-AE4B-BA20-CFE3B21DDE59}"/>
+    <hyperlink ref="C46" r:id="rId17" xr:uid="{EF0BC9BF-E661-8545-9C42-007F8EE8FC83}"/>
+    <hyperlink ref="C112" r:id="rId18" xr:uid="{447EC8B8-D62F-DE4E-AE31-4645005D3507}"/>
+    <hyperlink ref="C38" r:id="rId19" xr:uid="{BEB7EEE1-FC99-FC40-9AF0-52131DB0A24E}"/>
+    <hyperlink ref="C81" r:id="rId20" xr:uid="{6135BCB4-1E5E-014B-93E0-9C4D7EBE4577}"/>
+    <hyperlink ref="C125" r:id="rId21" xr:uid="{645BBD07-B80E-DD40-A59D-86A6B9EE9567}"/>
+    <hyperlink ref="C72" r:id="rId22" xr:uid="{EBD36AB7-BBAA-5048-866C-167EAB3E6657}"/>
+    <hyperlink ref="C58" r:id="rId23" xr:uid="{B3E298DA-A80A-6840-B45D-C6C5CC2A03F4}"/>
+    <hyperlink ref="C24" r:id="rId24" xr:uid="{A9F439E0-9930-D041-B77D-6B18FCC39BFA}"/>
+    <hyperlink ref="C121" r:id="rId25" xr:uid="{7B3A5D1A-E6D5-604F-B518-4ADBA13FE45F}"/>
+    <hyperlink ref="B66" r:id="rId26" tooltip="mailto:anna-lisa.lofgren@regionkalmar.se" display="mailto:anna-lisa.lofgren@regionkalmar.se" xr:uid="{F5BBBEFD-3F92-A64B-9FB0-51AA64D113B1}"/>
+    <hyperlink ref="C110" r:id="rId27" xr:uid="{520FB576-2359-B546-B009-D51CB51D532A}"/>
+    <hyperlink ref="C28" r:id="rId28" xr:uid="{F4909F4C-ABE7-3B46-8318-B2B36FE69406}"/>
+    <hyperlink ref="C89" r:id="rId29" xr:uid="{A10A3AC7-8DCF-8641-8B9C-3F9AC82479B4}"/>
+    <hyperlink ref="C41" r:id="rId30" xr:uid="{B0AC091F-47FB-1E42-85CB-F6D613715398}"/>
+    <hyperlink ref="C42" r:id="rId31" xr:uid="{833EC273-A7B5-F944-982F-4537C6FA0CB9}"/>
+    <hyperlink ref="C14" r:id="rId32" xr:uid="{C355A099-3243-D24B-A0F1-05B66B683468}"/>
+    <hyperlink ref="C15" r:id="rId33" xr:uid="{78CBDF73-EE23-E447-84AA-7D386CE60120}"/>
+    <hyperlink ref="C100" r:id="rId34" xr:uid="{A1065F60-A338-FE41-8CFD-E6EE2192C3DF}"/>
+    <hyperlink ref="C104" r:id="rId35" xr:uid="{ADD73719-C7ED-BC4D-ADDE-C73E4045282C}"/>
+    <hyperlink ref="C56" r:id="rId36" xr:uid="{F3DD69CC-70EB-FA47-A161-2393F5ABABD3}"/>
+    <hyperlink ref="C51" r:id="rId37" xr:uid="{D4143EF9-04FD-304D-B3CD-9AC4DB7F3984}"/>
+    <hyperlink ref="C117" r:id="rId38" xr:uid="{98C16255-2CC3-234F-823B-F1C90F5AD571}"/>
+    <hyperlink ref="F136" r:id="rId39" xr:uid="{03FEAE70-4B9A-9C4C-82DC-D08862F81849}"/>
+    <hyperlink ref="C48" r:id="rId40" xr:uid="{A988ABC8-CBD9-D14C-8EA5-358CBF72302C}"/>
+    <hyperlink ref="C130" r:id="rId41" xr:uid="{6FB4D858-2752-2448-9932-09C380953BDA}"/>
+    <hyperlink ref="C17" r:id="rId42" xr:uid="{71F6BCDC-351D-9A48-BA4C-C52F9E836E56}"/>
+    <hyperlink ref="C45" r:id="rId43" xr:uid="{969A1BC5-FB74-2B4F-8BAF-9FD43AA3978B}"/>
+    <hyperlink ref="C65" r:id="rId44" xr:uid="{10156714-B315-174C-9253-29ACB77F25B4}"/>
+    <hyperlink ref="C77" r:id="rId45" xr:uid="{7A08CFD1-49BF-A84E-A217-D7F159E30839}"/>
+    <hyperlink ref="C124" r:id="rId46" xr:uid="{28F84BFB-A906-A844-8FB3-BBD5F246E5C6}"/>
+    <hyperlink ref="C91" r:id="rId47" xr:uid="{A5731F6B-FBC1-1C4B-874F-31F27C9AF394}"/>
+    <hyperlink ref="F91" r:id="rId48" xr:uid="{AB1DD3FA-14A9-0B41-AD51-1B22EE870096}"/>
+    <hyperlink ref="C39" r:id="rId49" xr:uid="{F9C5194A-3065-DC41-8C52-2E22BB4844DB}"/>
+    <hyperlink ref="C141" r:id="rId50" xr:uid="{17F5CAA3-D176-4040-B6A5-0DFB3455EE75}"/>
+    <hyperlink ref="C115" r:id="rId51" xr:uid="{3B8B5EC6-7EB9-7543-987D-83CAE80E5720}"/>
+    <hyperlink ref="F138" r:id="rId52" xr:uid="{5467197B-026B-3944-BE9E-005D55D722B1}"/>
+    <hyperlink ref="C138" r:id="rId53" xr:uid="{29E387F7-7E61-7342-BCC3-5752AC9FA1E1}"/>
+    <hyperlink ref="C107" r:id="rId54" xr:uid="{DE28116B-572E-AA42-A8BA-00B63E79D5D4}"/>
+    <hyperlink ref="C8" r:id="rId55" xr:uid="{C33CDD56-9F4C-D242-B025-5E6C64E30765}"/>
+    <hyperlink ref="C36" r:id="rId56" xr:uid="{9E2A0F11-4665-EA4D-9967-C46C77F704DE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:G90"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" zoomScale="123" zoomScaleNormal="123" workbookViewId="0">
-      <selection activeCell="D12" sqref="D12"/>
+    <sheetView zoomScale="123" zoomScaleNormal="123" workbookViewId="0">
+      <selection activeCell="D1" sqref="D1:D1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="32.33203125" customWidth="1"/>
     <col min="2" max="3" width="32.5" customWidth="1"/>
     <col min="4" max="4" width="32.33203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
-        <v>132</v>
+        <v>92</v>
       </c>
       <c r="B1" s="3" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D1" s="54"/>
       <c r="E1" s="55"/>
     </row>
     <row r="2" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>252</v>
+        <v>196</v>
       </c>
       <c r="C2" s="18" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>197</v>
+      </c>
+      <c r="D2" s="1"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B3" s="1" t="s">
-        <v>393</v>
+        <v>333</v>
       </c>
       <c r="C3" s="18" t="s">
-        <v>429</v>
+        <v>369</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B4" s="1"/>
       <c r="C4" s="18"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A5" s="1" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>512</v>
+      </c>
+      <c r="C5" s="18" t="s">
+        <v>513</v>
       </c>
       <c r="D5" s="17"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
-      <c r="B6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B6" s="1"/>
+      <c r="C6" s="21"/>
       <c r="D6" s="17"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="21"/>
       <c r="D7" s="17"/>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>316</v>
+        <v>259</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>317</v>
+        <v>260</v>
       </c>
       <c r="C8" s="21" t="s">
-        <v>318</v>
+        <v>261</v>
       </c>
       <c r="D8" s="17"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
       <c r="B9" s="1"/>
       <c r="C9" s="21"/>
       <c r="D9" s="17"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A10" s="1" t="s">
-        <v>383</v>
+        <v>323</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>385</v>
+        <v>325</v>
       </c>
       <c r="C10" s="21" t="s">
-        <v>384</v>
+        <v>324</v>
       </c>
       <c r="D10" s="19"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A11" s="1"/>
       <c r="B11" s="7" t="s">
-        <v>386</v>
+        <v>326</v>
       </c>
       <c r="C11" s="45" t="s">
-        <v>413</v>
+        <v>353</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="21"/>
       <c r="D12" s="19"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A13" s="1" t="s">
-        <v>304</v>
+        <v>247</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>325</v>
+        <v>268</v>
       </c>
       <c r="C13" s="21" t="s">
-        <v>326</v>
+        <v>269</v>
       </c>
       <c r="D13" s="17"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B14" s="1" t="s">
-        <v>493</v>
+        <v>426</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>498</v>
+        <v>431</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B15" s="1"/>
       <c r="C15" s="18"/>
     </row>
     <row r="16" spans="1:5" s="2" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A16" s="2" t="s">
-        <v>305</v>
+        <v>248</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>573</v>
+        <v>503</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>574</v>
+        <v>504</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A18" s="1" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>480</v>
+        <v>416</v>
       </c>
       <c r="C18" s="18" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="D18" s="1"/>
     </row>
     <row r="19" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A19" s="1"/>
       <c r="B19" s="1" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="C19" s="18" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="D19" s="1"/>
     </row>
     <row r="20" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A20" s="1"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
-        <v>51</v>
+        <v>33</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>421</v>
+        <v>361</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>422</v>
+        <v>362</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B22" s="1"/>
       <c r="C22" s="18"/>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B23" s="1"/>
       <c r="C23" s="18"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
-        <v>301</v>
+        <v>244</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>52</v>
+        <v>34</v>
       </c>
       <c r="C24" s="20" t="s">
-        <v>202</v>
+        <v>151</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A25" s="1"/>
       <c r="B25" s="1"/>
       <c r="C25" s="20"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A26" s="1" t="s">
-        <v>300</v>
+        <v>243</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>302</v>
+        <v>245</v>
       </c>
       <c r="C26" s="20" t="s">
-        <v>303</v>
+        <v>246</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A27" s="1"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A28" s="1" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>312</v>
+        <v>255</v>
       </c>
       <c r="C28" s="20" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>256</v>
+      </c>
+      <c r="D28" s="1"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B29" s="1" t="s">
-        <v>314</v>
+        <v>257</v>
       </c>
       <c r="C29" s="21" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="D29" s="1"/>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A30" s="1"/>
       <c r="B30" s="1"/>
       <c r="C30" s="21"/>
       <c r="D30" s="1"/>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A32" s="1" t="s">
-        <v>55</v>
+        <v>36</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>344</v>
+        <v>286</v>
       </c>
       <c r="C32" s="18" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>287</v>
+      </c>
+      <c r="D32" s="1"/>
       <c r="E32" s="1"/>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A33" s="1"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A34" s="1" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>194</v>
+        <v>143</v>
       </c>
       <c r="C34" s="21" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="D34" s="1"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A35" s="1"/>
       <c r="B35" s="1"/>
       <c r="C35" s="1"/>
       <c r="D35" s="1"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A36" s="1" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>437</v>
+        <v>377</v>
       </c>
       <c r="C36" s="18" t="s">
-        <v>436</v>
-[...3 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="20"/>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A37" s="1"/>
       <c r="B37" s="1"/>
       <c r="C37" s="18"/>
       <c r="D37" s="1"/>
       <c r="F37" s="20"/>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A38" s="1"/>
       <c r="B38" s="1"/>
       <c r="C38" s="1"/>
       <c r="D38" s="1"/>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A39" s="1" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="B39" s="16" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>223</v>
+        <v>170</v>
       </c>
       <c r="D39" s="1"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
       <c r="B40" s="1" t="s">
-        <v>364</v>
+        <v>304</v>
       </c>
       <c r="C40" s="18" t="s">
-        <v>365</v>
+        <v>305</v>
       </c>
       <c r="D40" s="1"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A41" s="1"/>
       <c r="D41" s="1"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A42" s="1" t="s">
-        <v>288</v>
+        <v>231</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>354</v>
+        <v>296</v>
       </c>
       <c r="C42" s="18" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>308</v>
+      </c>
+      <c r="D42" s="7"/>
       <c r="E42" s="1"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A43" s="1"/>
       <c r="B43" s="1" t="s">
-        <v>355</v>
+        <v>297</v>
       </c>
       <c r="C43" s="18" t="s">
-        <v>356</v>
+        <v>298</v>
       </c>
     </row>
     <row r="44" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A44" s="1"/>
       <c r="B44" s="1"/>
       <c r="C44" s="18"/>
       <c r="D44" s="7"/>
     </row>
     <row r="45" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
       <c r="B45" s="1"/>
       <c r="C45" s="18"/>
       <c r="D45" s="7"/>
     </row>
     <row r="46" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A46" s="1" t="s">
-        <v>187</v>
+        <v>139</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>189</v>
+        <v>140</v>
       </c>
       <c r="C46" s="18" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="D46" s="1"/>
     </row>
     <row r="48" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A48" s="1" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>287</v>
+        <v>230</v>
       </c>
       <c r="C48" s="20" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D48" s="1"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A49" s="1"/>
       <c r="B49" s="1" t="s">
-        <v>278</v>
+        <v>221</v>
       </c>
       <c r="C49" s="18" t="s">
-        <v>291</v>
+        <v>234</v>
       </c>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A50" s="1"/>
       <c r="B50" s="1"/>
       <c r="C50" s="18"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A51" s="1" t="s">
-        <v>228</v>
+        <v>175</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="C51" s="20" t="s">
-        <v>204</v>
-[...3 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="D51" s="2"/>
       <c r="E51" s="1"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A52" s="1"/>
       <c r="B52" s="2"/>
       <c r="C52" s="20"/>
       <c r="D52" s="7"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A53" s="1"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A54" s="1" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="B54" t="s">
-        <v>308</v>
+        <v>251</v>
       </c>
       <c r="C54" s="18" t="s">
-        <v>309</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="D54" s="7"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A55" s="1"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B56" s="2"/>
       <c r="C56" s="2"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A57" s="1" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>324</v>
+        <v>267</v>
       </c>
       <c r="C57" s="18" t="s">
-        <v>323</v>
+        <v>266</v>
       </c>
       <c r="D57" s="1"/>
       <c r="E57" s="1"/>
       <c r="G57" s="20"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B58" s="16"/>
     </row>
     <row r="59" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B59" s="16"/>
       <c r="C59" s="2"/>
     </row>
     <row r="60" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A60" s="1" t="s">
-        <v>61</v>
+        <v>39</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>487</v>
+        <v>421</v>
       </c>
       <c r="C60" s="18" t="s">
-        <v>488</v>
+        <v>422</v>
       </c>
       <c r="E60" s="20"/>
     </row>
     <row r="63" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A63" s="1" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="B63" t="s">
-        <v>532</v>
+        <v>465</v>
       </c>
       <c r="C63" s="18" t="s">
-        <v>533</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="D63" s="1"/>
       <c r="E63" s="21" t="s">
-        <v>536</v>
+        <v>469</v>
       </c>
       <c r="F63" t="s">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B64" s="1" t="s">
-        <v>535</v>
+        <v>468</v>
       </c>
       <c r="C64" s="21" t="s">
-        <v>534</v>
+        <v>467</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B65" s="1"/>
       <c r="C65" s="18"/>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A66" s="1" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="B66" t="s">
-        <v>547</v>
+        <v>480</v>
       </c>
       <c r="C66" s="18" t="s">
-        <v>548</v>
+        <v>481</v>
       </c>
       <c r="D66" s="23"/>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A67" s="1"/>
       <c r="B67" s="1"/>
       <c r="C67" s="18"/>
       <c r="D67" s="23"/>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B68" s="1"/>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A69" s="1" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="C69" s="20" t="s">
-        <v>224</v>
-[...3 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="D69" s="1"/>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B70" s="1" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="E70" s="20"/>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A72" s="1" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="C72" s="18" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>154</v>
+      </c>
+      <c r="D72" s="1"/>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B73" s="1"/>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A74" s="1" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="C74" s="18" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D74" s="1"/>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A75" s="1" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
     </row>
     <row r="77" spans="1:5" ht="18" x14ac:dyDescent="0.2">
       <c r="A77" s="1" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D77" s="1"/>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A78" s="1"/>
     </row>
     <row r="81" spans="1:2" ht="18" x14ac:dyDescent="0.2">
       <c r="B81" s="6" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
     </row>
     <row r="82" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A82" s="1"/>
     </row>
     <row r="86" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A86" s="1"/>
     </row>
     <row r="89" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A89" s="1"/>
     </row>
     <row r="90" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A90" s="1"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C19" r:id="rId1" xr:uid="{BE95996E-573C-334A-B896-3A1D20D49FF9}"/>
     <hyperlink ref="C24" r:id="rId2" xr:uid="{B8A0B35F-6B68-4743-9E39-C0ECDF04A405}"/>
     <hyperlink ref="C34" r:id="rId3" xr:uid="{D38805EC-3548-7D4C-9258-49F72C333176}"/>
     <hyperlink ref="C51" r:id="rId4" xr:uid="{ADF1BF8C-9975-A14E-B267-37C91D67E6F8}"/>
     <hyperlink ref="C69" r:id="rId5" xr:uid="{CDA34346-43BE-F645-8936-C97020B864A0}"/>
     <hyperlink ref="C72" r:id="rId6" xr:uid="{9389C6F3-CF49-2E40-ADA8-E57E889D8A7C}"/>
     <hyperlink ref="C74" r:id="rId7" xr:uid="{00EC0B8F-3076-0147-9C1B-B07D1F53DE5B}"/>
     <hyperlink ref="C46" r:id="rId8" xr:uid="{1C6BB87E-C06A-BE4B-969B-072747489BEB}"/>
     <hyperlink ref="C2" r:id="rId9" xr:uid="{21B1DF17-8CB0-594A-A55E-E61DB35079D3}"/>
     <hyperlink ref="C49" r:id="rId10" xr:uid="{147E4471-589E-0848-8E96-77537A610A25}"/>
     <hyperlink ref="C48" r:id="rId11" xr:uid="{CB81A161-2379-984C-8214-EDF36673E4B2}"/>
     <hyperlink ref="C26" r:id="rId12" xr:uid="{11477EED-FA68-9A4F-A157-C374CD672B4F}"/>
     <hyperlink ref="C13" r:id="rId13" xr:uid="{77B7F0E3-FA96-B842-A3C5-2107576E3962}"/>
     <hyperlink ref="C54" r:id="rId14" xr:uid="{D3D56622-BD8E-874D-8176-B932E21D7311}"/>
     <hyperlink ref="C57" r:id="rId15" xr:uid="{4EA5967F-B28F-3147-B65E-4D714D92C509}"/>
     <hyperlink ref="C42" r:id="rId16" xr:uid="{5B725A4D-6B76-444C-AA97-FAD5D358012F}"/>
     <hyperlink ref="C39" r:id="rId17" xr:uid="{3C8CDD7C-2B97-BE44-BFAC-029FB90EC11F}"/>
     <hyperlink ref="C32" r:id="rId18" xr:uid="{6D5C55B0-785C-054F-B635-7ECEB3D08C80}"/>
     <hyperlink ref="C43" r:id="rId19" xr:uid="{8A48968B-E327-D440-8307-991799464327}"/>
     <hyperlink ref="C40" r:id="rId20" xr:uid="{A77ECB16-884B-6049-A25C-50760B565106}"/>
     <hyperlink ref="C10" r:id="rId21" xr:uid="{38FE4E02-F426-D74E-A80A-9FD3F3B80FDD}"/>
     <hyperlink ref="C11" r:id="rId22" xr:uid="{37B10C17-52B7-D549-B9C5-0DD3E9291320}"/>
     <hyperlink ref="C3" r:id="rId23" xr:uid="{6F21E3B1-25AF-0B4B-A5DD-8F15FB60F659}"/>
     <hyperlink ref="C36" r:id="rId24" xr:uid="{C40FB4A9-9C29-824C-BBA0-3D57D8CFC4AF}"/>
-    <hyperlink ref="C5" r:id="rId25" xr:uid="{24DF60CF-95FC-A04A-83E7-6E56DAE86009}"/>
-[...8 lines deleted...]
-    <hyperlink ref="C16" r:id="rId34" xr:uid="{F3F08A72-6D6A-734A-8D59-B474A6A38E1B}"/>
+    <hyperlink ref="C21" r:id="rId25" xr:uid="{72442E92-BBCD-A04A-AF04-7E75A66ED5A4}"/>
+    <hyperlink ref="C18" r:id="rId26" xr:uid="{3843023B-BED5-4A4F-8CF7-99FF23D7088C}"/>
+    <hyperlink ref="C60" r:id="rId27" xr:uid="{FD13389E-DC4A-D042-A90B-40A51F046FFA}"/>
+    <hyperlink ref="C14" r:id="rId28" xr:uid="{A17F5BF8-2D94-5C4B-923E-F8CC3FBA895C}"/>
+    <hyperlink ref="C63" r:id="rId29" xr:uid="{5FEFA3F3-9C73-4744-95C2-575675C00954}"/>
+    <hyperlink ref="C64" r:id="rId30" xr:uid="{BC41A219-707A-1641-BEDF-FEEF4301B49A}"/>
+    <hyperlink ref="C66" r:id="rId31" xr:uid="{93E31E2B-0A83-1A4C-A253-EF30CA8C726B}"/>
+    <hyperlink ref="C16" r:id="rId32" xr:uid="{F3F08A72-6D6A-734A-8D59-B474A6A38E1B}"/>
+    <hyperlink ref="C5" r:id="rId33" tooltip="mailto:mattias.alvunger@regionkalmar.se" display="mailto:mattias.alvunger@regionkalmar.se" xr:uid="{CE23D5C5-039E-ED4E-9E6D-551F234F104E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:K48"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" zoomScale="171" zoomScaleNormal="171" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView topLeftCell="B1" zoomScale="171" zoomScaleNormal="171" workbookViewId="0">
+      <selection activeCell="D1" sqref="D1:D1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="54.5" style="2" customWidth="1"/>
     <col min="2" max="2" width="32.6640625" style="2" customWidth="1"/>
     <col min="3" max="3" width="32.83203125" style="2" customWidth="1"/>
     <col min="4" max="4" width="32.6640625" style="2" customWidth="1"/>
     <col min="5" max="16384" width="10.83203125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="12" t="s">
-        <v>132</v>
+        <v>92</v>
       </c>
       <c r="B1" s="12" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D1" s="56"/>
       <c r="E1" s="47"/>
       <c r="F1" s="47"/>
       <c r="G1" s="47"/>
     </row>
     <row r="2" spans="1:7" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="11" t="s">
-        <v>134</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="51" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A3" s="52" t="s">
-        <v>465</v>
+        <v>405</v>
       </c>
       <c r="B3" s="51" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="C3" s="51" t="s">
-        <v>222</v>
+        <v>169</v>
       </c>
     </row>
     <row r="4" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A4" s="1"/>
     </row>
     <row r="5" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A5" s="1" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D5" s="1"/>
     </row>
     <row r="6" spans="1:7" x14ac:dyDescent="0.2">
       <c r="B6" s="1" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A7" s="1" t="s">
-        <v>319</v>
+        <v>262</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="C7" s="18" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>169</v>
       </c>
     </row>
     <row r="8" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="C8" s="18"/>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A9" s="1" t="s">
-        <v>320</v>
+        <v>263</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="C9" s="18" t="s">
-        <v>208</v>
+        <v>157</v>
       </c>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A10" s="1"/>
       <c r="B10" s="1" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="C10" s="20" t="s">
-        <v>207</v>
+        <v>156</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.2">
       <c r="C11" s="1"/>
       <c r="E11" s="1"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A12" s="1" t="s">
-        <v>321</v>
+        <v>264</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>464</v>
+        <v>404</v>
       </c>
       <c r="C12" s="18" t="s">
-        <v>463</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="D12" s="1"/>
       <c r="E12" s="8"/>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A13" s="1"/>
       <c r="C13" s="18"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A15" s="1"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A16" s="9"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B17" s="1" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="19" x14ac:dyDescent="0.2">
       <c r="B18" s="1" t="s">
-        <v>185</v>
+        <v>138</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="18" x14ac:dyDescent="0.2">
       <c r="A19" s="11" t="s">
-        <v>106</v>
+        <v>74</v>
       </c>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" s="1"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" s="1" t="s">
-        <v>110</v>
+        <v>77</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>242</v>
+        <v>187</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D21" s="1"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" s="1" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="F23" s="1"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" s="1" t="s">
-        <v>109</v>
+        <v>76</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>111</v>
+        <v>78</v>
       </c>
       <c r="C24" s="20"/>
-      <c r="D24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D24" s="1"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B25" s="1"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.2">
       <c r="F26" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="18" x14ac:dyDescent="0.2">
       <c r="A27" s="10" t="s">
-        <v>135</v>
+        <v>94</v>
       </c>
       <c r="F27" s="1"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A29" s="1" t="s">
-        <v>136</v>
+        <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A30" s="1" t="s">
-        <v>138</v>
+        <v>96</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>406</v>
+        <v>346</v>
       </c>
       <c r="C30" s="18" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D30" s="1"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A31" s="1"/>
       <c r="B31" s="1"/>
       <c r="C31" s="18"/>
       <c r="D31" s="1"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A32" s="1"/>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A33" s="1" t="s">
-        <v>139</v>
+        <v>97</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D33" s="1"/>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
       <c r="F34" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A35" s="1" t="s">
-        <v>145</v>
+        <v>102</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>146</v>
+        <v>103</v>
       </c>
       <c r="C35" s="21" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="D36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D36" s="1"/>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A37" s="13" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="1" t="s">
-        <v>141</v>
+        <v>99</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>433</v>
+        <v>373</v>
       </c>
       <c r="C38" s="21" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="D38" s="1"/>
       <c r="F38" s="1" t="s">
-        <v>148</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="1"/>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A40" s="1" t="s">
-        <v>151</v>
+        <v>106</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>382</v>
+        <v>322</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>381</v>
+        <v>321</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="21"/>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A41" s="1" t="s">
-        <v>142</v>
+        <v>100</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>380</v>
+        <v>320</v>
       </c>
       <c r="C41" s="18" t="s">
-        <v>379</v>
+        <v>319</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>277</v>
+        <v>220</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="K41" s="1" t="s">
-        <v>140</v>
+        <v>98</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A42" s="1"/>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B43" s="1"/>
       <c r="C43" s="18"/>
       <c r="D43" s="7"/>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="1"/>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A48" s="1"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C10" r:id="rId1" xr:uid="{1D8BC7A6-8779-404B-A582-BFDBB6942922}"/>
     <hyperlink ref="C7" r:id="rId2" xr:uid="{BE670916-5BEA-4749-81AE-EF9FC25FDDB3}"/>
     <hyperlink ref="C5" r:id="rId3" xr:uid="{0587435F-9406-9B4B-B1D6-527462FF1BFB}"/>
     <hyperlink ref="C35" r:id="rId4" xr:uid="{18EEFE04-DE55-C942-9560-47AEAFC47998}"/>
     <hyperlink ref="C21" r:id="rId5" xr:uid="{FEA32509-E236-904F-A9E6-9FB784073BAA}"/>
     <hyperlink ref="C41" r:id="rId6" xr:uid="{4C80476B-BB74-D74C-88A4-70A8039847EF}"/>
     <hyperlink ref="C30" r:id="rId7" xr:uid="{BECB9019-0662-B649-87E4-1B512502B5DC}"/>
     <hyperlink ref="C9" r:id="rId8" xr:uid="{3B29D14A-4169-7444-9CF7-AD2B72DDF14D}"/>
     <hyperlink ref="C12" r:id="rId9" xr:uid="{3B867943-CBF5-2C4D-83AD-88251959F05E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="153" zoomScaleNormal="153" workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+      <selection activeCell="D1" sqref="D1:D1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35" customWidth="1"/>
     <col min="2" max="2" width="42.1640625" customWidth="1"/>
     <col min="3" max="3" width="39" customWidth="1"/>
     <col min="4" max="4" width="27" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="12" t="s">
-        <v>132</v>
+        <v>92</v>
       </c>
       <c r="B1" s="12" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="56" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D1" s="56"/>
       <c r="E1" s="47"/>
       <c r="F1" s="47"/>
       <c r="G1" s="55"/>
       <c r="H1" s="55"/>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>153</v>
+        <v>108</v>
       </c>
       <c r="C2" s="21" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>159</v>
+      </c>
+      <c r="D2" s="1"/>
       <c r="E2" s="2"/>
       <c r="F2" s="2"/>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="1"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" s="1" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>270</v>
+        <v>214</v>
       </c>
       <c r="C4" s="18" t="s">
-        <v>272</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="D4" s="15"/>
       <c r="E4" s="2"/>
       <c r="F4" s="2"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="2"/>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>152</v>
+        <v>107</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>450</v>
+        <v>390</v>
       </c>
       <c r="C6" s="20" t="s">
-        <v>449</v>
+        <v>389</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A7" s="1"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A8" s="1" t="s">
-        <v>154</v>
+        <v>109</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>155</v>
+        <v>110</v>
       </c>
       <c r="C8" s="20" t="s">
-        <v>211</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="D8" s="1"/>
       <c r="E8" s="2"/>
       <c r="F8" s="2"/>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A9" s="2"/>
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="2"/>
       <c r="F9" s="2"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A10" s="1"/>
       <c r="B10" s="7" t="s">
-        <v>577</v>
+        <v>507</v>
       </c>
       <c r="C10" s="18" t="s">
-        <v>576</v>
+        <v>506</v>
       </c>
       <c r="D10" s="19"/>
       <c r="E10" s="2"/>
       <c r="F10" s="2"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A11" s="2"/>
       <c r="B11" s="7" t="s">
-        <v>452</v>
+        <v>392</v>
       </c>
       <c r="C11" s="50" t="s">
-        <v>453</v>
+        <v>393</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2"/>
       <c r="F11" s="2"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A12" s="1"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2"/>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A13" s="2"/>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="2"/>
       <c r="F13" s="2"/>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="1" t="s">
-        <v>148</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="1"/>
       <c r="B15" s="2"/>
       <c r="C15" s="2"/>
       <c r="D15" s="2"/>
       <c r="E15" s="2"/>
       <c r="F15" s="2"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="2"/>
       <c r="B16" s="2"/>
       <c r="C16" s="2"/>
       <c r="D16" s="2"/>
       <c r="E16" s="2"/>
       <c r="F16" s="2"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" s="2"/>
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
@@ -5068,669 +4771,669 @@
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:J53"/>
   <sheetViews>
     <sheetView zoomScale="114" zoomScaleNormal="114" workbookViewId="0">
       <selection activeCell="C27" sqref="C27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="28.1640625" customWidth="1"/>
     <col min="2" max="2" width="30.33203125" customWidth="1"/>
     <col min="3" max="3" width="30.6640625" customWidth="1"/>
     <col min="4" max="4" width="29.5" customWidth="1"/>
     <col min="7" max="7" width="21.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="18" x14ac:dyDescent="0.2">
       <c r="A1" s="12"/>
       <c r="B1" s="12" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="56" t="s">
-        <v>484</v>
+        <v>418</v>
       </c>
       <c r="E1" s="55"/>
       <c r="F1" s="55"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:9" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A5" s="27" t="s">
-        <v>159</v>
+        <v>112</v>
       </c>
       <c r="B5" s="28" t="s">
-        <v>275</v>
+        <v>218</v>
       </c>
       <c r="C5" s="29" t="s">
-        <v>276</v>
+        <v>219</v>
       </c>
       <c r="D5" s="28" t="s">
-        <v>412</v>
+        <v>352</v>
       </c>
       <c r="E5" s="30" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A6" s="27"/>
       <c r="D6" s="28"/>
       <c r="F6" s="28" t="s">
-        <v>439</v>
+        <v>379</v>
       </c>
       <c r="G6" s="29" t="s">
-        <v>440</v>
+        <v>380</v>
       </c>
       <c r="I6" s="30" t="s">
-        <v>285</v>
+        <v>228</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A7" s="28" t="s">
-        <v>329</v>
+        <v>271</v>
       </c>
       <c r="B7" s="30" t="s">
-        <v>540</v>
+        <v>473</v>
       </c>
       <c r="C7" s="29" t="s">
-        <v>539</v>
+        <v>472</v>
       </c>
       <c r="D7" s="30" t="s">
-        <v>411</v>
+        <v>351</v>
       </c>
       <c r="E7" s="28" t="s">
-        <v>438</v>
+        <v>378</v>
       </c>
       <c r="F7" s="30" t="s">
-        <v>388</v>
+        <v>328</v>
       </c>
       <c r="G7" s="29" t="s">
-        <v>387</v>
+        <v>327</v>
       </c>
       <c r="I7" s="30" t="s">
-        <v>285</v>
+        <v>228</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A8" s="2"/>
       <c r="B8" s="2"/>
       <c r="C8" s="2"/>
       <c r="D8" s="2"/>
     </row>
     <row r="9" spans="1:9" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A9" s="31" t="s">
-        <v>177</v>
+        <v>130</v>
       </c>
       <c r="B9" s="34" t="s">
-        <v>554</v>
+        <v>487</v>
       </c>
       <c r="C9" s="33" t="s">
-        <v>553</v>
+        <v>486</v>
       </c>
       <c r="D9" s="32"/>
       <c r="F9" s="32" t="s">
-        <v>322</v>
+        <v>265</v>
       </c>
       <c r="G9" s="33" t="s">
-        <v>250</v>
+        <v>194</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A10" s="32"/>
       <c r="B10" s="32" t="s">
-        <v>556</v>
+        <v>489</v>
       </c>
       <c r="C10" s="34" t="s">
-        <v>555</v>
+        <v>488</v>
       </c>
       <c r="D10" s="32"/>
       <c r="E10" s="34" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A11" s="32"/>
       <c r="D11" s="32"/>
     </row>
     <row r="12" spans="1:9" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A12" s="31" t="s">
-        <v>178</v>
+        <v>131</v>
       </c>
       <c r="B12" s="32" t="s">
-        <v>282</v>
+        <v>225</v>
       </c>
       <c r="C12" s="33" t="s">
-        <v>283</v>
+        <v>226</v>
       </c>
       <c r="D12" s="35" t="s">
-        <v>284</v>
+        <v>227</v>
       </c>
       <c r="E12" s="34" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
     </row>
     <row r="13" spans="1:9" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A13" s="32"/>
       <c r="B13" s="34" t="s">
-        <v>496</v>
+        <v>429</v>
       </c>
       <c r="C13" s="18" t="s">
-        <v>497</v>
+        <v>430</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="2"/>
       <c r="B14" s="2"/>
       <c r="C14" s="18"/>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:9" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A15" s="27" t="s">
-        <v>179</v>
+        <v>132</v>
       </c>
       <c r="B15" s="28" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="C15" s="36" t="s">
-        <v>160</v>
+        <v>113</v>
       </c>
       <c r="D15" s="27" t="s">
-        <v>409</v>
+        <v>349</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="30" customFormat="1" ht="20" x14ac:dyDescent="0.25">
       <c r="A16" s="28"/>
       <c r="B16" s="28" t="s">
-        <v>524</v>
+        <v>457</v>
       </c>
       <c r="C16" s="29" t="s">
-        <v>523</v>
+        <v>456</v>
       </c>
       <c r="D16" s="57"/>
       <c r="E16" s="28"/>
     </row>
     <row r="17" spans="1:10" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A17" s="28"/>
       <c r="B17" s="28"/>
       <c r="C17" s="29"/>
       <c r="D17" s="28"/>
       <c r="E17" s="28"/>
     </row>
     <row r="18" spans="1:10" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A18" s="27" t="s">
-        <v>180</v>
+        <v>133</v>
       </c>
       <c r="B18" s="28" t="s">
-        <v>407</v>
+        <v>347</v>
       </c>
       <c r="C18" s="29" t="s">
-        <v>408</v>
+        <v>348</v>
       </c>
       <c r="D18" s="37" t="s">
-        <v>454</v>
+        <v>394</v>
       </c>
       <c r="E18" s="30" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
     </row>
     <row r="19" spans="1:10" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A19" s="28"/>
     </row>
     <row r="20" spans="1:10" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A20" s="27" t="s">
-        <v>181</v>
+        <v>134</v>
       </c>
       <c r="B20" s="28" t="s">
-        <v>360</v>
+        <v>302</v>
       </c>
       <c r="C20" s="28" t="s">
-        <v>361</v>
+        <v>303</v>
       </c>
       <c r="D20" s="7"/>
       <c r="F20" s="30" t="s">
-        <v>506</v>
+        <v>439</v>
       </c>
       <c r="G20" s="29"/>
       <c r="H20" s="27" t="s">
-        <v>507</v>
+        <v>440</v>
       </c>
       <c r="I20" s="7" t="s">
-        <v>504</v>
+        <v>437</v>
       </c>
       <c r="J20" s="29" t="s">
-        <v>505</v>
+        <v>438</v>
       </c>
     </row>
     <row r="21" spans="1:10" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A21" s="28"/>
       <c r="B21" s="30" t="s">
-        <v>430</v>
+        <v>370</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E21" s="30" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
       <c r="G21" s="29"/>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A22" s="1"/>
       <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A23" s="2"/>
       <c r="B23" s="2"/>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A24" s="31" t="s">
-        <v>182</v>
+        <v>135</v>
       </c>
       <c r="B24" s="32" t="s">
-        <v>376</v>
+        <v>316</v>
       </c>
       <c r="C24" s="32" t="s">
-        <v>193</v>
+        <v>142</v>
       </c>
       <c r="D24" s="32" t="s">
-        <v>455</v>
+        <v>395</v>
       </c>
       <c r="E24" s="34" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
     </row>
     <row r="25" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A25" s="32"/>
       <c r="B25" s="32" t="s">
-        <v>502</v>
+        <v>435</v>
       </c>
       <c r="C25" s="38" t="s">
-        <v>503</v>
+        <v>436</v>
       </c>
       <c r="D25" s="39"/>
       <c r="F25" s="40"/>
     </row>
     <row r="26" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="32"/>
       <c r="B26" s="32"/>
       <c r="D26" s="39"/>
       <c r="F26" s="40"/>
     </row>
     <row r="27" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="31" t="s">
-        <v>167</v>
+        <v>120</v>
       </c>
       <c r="B27" s="32" t="s">
-        <v>579</v>
+        <v>509</v>
       </c>
       <c r="C27" s="33" t="s">
-        <v>578</v>
+        <v>508</v>
       </c>
       <c r="E27" s="31"/>
       <c r="F27" s="32"/>
       <c r="G27" s="35"/>
       <c r="H27" s="31" t="s">
-        <v>164</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A28" s="32"/>
       <c r="B28" s="32" t="s">
-        <v>306</v>
+        <v>249</v>
       </c>
       <c r="C28" s="33" t="s">
-        <v>307</v>
+        <v>250</v>
       </c>
       <c r="D28" s="31"/>
     </row>
     <row r="29" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A29" s="32"/>
       <c r="B29" s="32"/>
       <c r="C29" s="32"/>
       <c r="D29" s="32"/>
     </row>
     <row r="30" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A30" s="31" t="s">
-        <v>168</v>
+        <v>121</v>
       </c>
       <c r="B30" s="31" t="s">
-        <v>456</v>
+        <v>396</v>
       </c>
       <c r="C30" s="33" t="s">
-        <v>457</v>
+        <v>397</v>
       </c>
       <c r="D30" s="19" t="s">
-        <v>458</v>
+        <v>398</v>
       </c>
     </row>
     <row r="31" spans="1:10" s="34" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A31" s="32"/>
       <c r="B31" s="32" t="s">
-        <v>550</v>
+        <v>483</v>
       </c>
       <c r="C31" s="61" t="s">
-        <v>549</v>
+        <v>482</v>
       </c>
       <c r="D31" s="32"/>
       <c r="E31" s="31"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.2">
       <c r="A32" s="1"/>
       <c r="B32" s="2"/>
       <c r="C32" s="2"/>
       <c r="D32" s="2"/>
     </row>
     <row r="33" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A33" s="27" t="s">
-        <v>183</v>
+        <v>136</v>
       </c>
       <c r="B33" s="30" t="s">
-        <v>416</v>
+        <v>356</v>
       </c>
       <c r="C33" s="29" t="s">
-        <v>417</v>
+        <v>357</v>
       </c>
       <c r="D33" s="41"/>
       <c r="E33" s="30" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
       <c r="G33" s="28"/>
     </row>
     <row r="34" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A34" s="28"/>
       <c r="B34" s="28" t="s">
-        <v>541</v>
+        <v>474</v>
       </c>
       <c r="C34" s="27" t="s">
-        <v>542</v>
+        <v>475</v>
       </c>
       <c r="D34" s="41"/>
     </row>
     <row r="35" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A35" s="28"/>
       <c r="B35" s="28"/>
       <c r="C35" s="27"/>
       <c r="D35" s="41"/>
     </row>
     <row r="36" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A36" s="27" t="s">
-        <v>184</v>
+        <v>137</v>
       </c>
       <c r="B36" s="28" t="s">
-        <v>170</v>
+        <v>123</v>
       </c>
       <c r="C36" s="28" t="s">
-        <v>169</v>
+        <v>122</v>
       </c>
       <c r="D36" s="4" t="s">
-        <v>478</v>
+        <v>414</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A37" s="28"/>
       <c r="B37" s="28" t="s">
-        <v>273</v>
+        <v>216</v>
       </c>
       <c r="C37" s="29" t="s">
-        <v>274</v>
+        <v>217</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>479</v>
+        <v>415</v>
       </c>
       <c r="E37" s="30" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
     </row>
     <row r="38" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A38" s="28"/>
       <c r="B38" s="28" t="s">
-        <v>543</v>
+        <v>476</v>
       </c>
       <c r="C38" s="29" t="s">
-        <v>544</v>
+        <v>477</v>
       </c>
       <c r="D38" s="28"/>
     </row>
     <row r="39" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A39" s="28"/>
       <c r="B39" s="28"/>
       <c r="C39" s="29"/>
       <c r="D39" s="28"/>
     </row>
     <row r="40" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A40" s="27" t="s">
-        <v>171</v>
+        <v>124</v>
       </c>
       <c r="B40" s="28" t="s">
-        <v>229</v>
+        <v>176</v>
       </c>
       <c r="C40" s="42" t="s">
-        <v>230</v>
+        <v>177</v>
       </c>
       <c r="D40" s="27" t="s">
-        <v>451</v>
+        <v>391</v>
       </c>
       <c r="F40" s="28"/>
     </row>
     <row r="41" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A41" s="27"/>
       <c r="B41" s="28" t="s">
-        <v>281</v>
+        <v>224</v>
       </c>
       <c r="C41" s="29" t="s">
-        <v>280</v>
+        <v>223</v>
       </c>
       <c r="D41" s="27"/>
       <c r="E41" s="30" t="s">
-        <v>289</v>
+        <v>232</v>
       </c>
       <c r="F41" s="28"/>
     </row>
     <row r="42" spans="1:7" s="30" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A42" s="27"/>
       <c r="B42" s="28" t="s">
-        <v>227</v>
+        <v>174</v>
       </c>
       <c r="D42" s="43"/>
     </row>
     <row r="43" spans="1:7" ht="18" x14ac:dyDescent="0.2">
       <c r="A43" s="6" t="s">
-        <v>165</v>
+        <v>118</v>
       </c>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.2">
       <c r="C46" s="1" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
     </row>
     <row r="49" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A49" s="13" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
     </row>
     <row r="50" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C50" s="13"/>
     </row>
     <row r="51" spans="1:6" x14ac:dyDescent="0.2">
       <c r="C51" s="1" t="s">
-        <v>86</v>
+        <v>59</v>
       </c>
       <c r="F51" s="1"/>
     </row>
     <row r="52" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B52" s="1" t="s">
-        <v>161</v>
+        <v>114</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
     </row>
     <row r="53" spans="1:6" ht="19" x14ac:dyDescent="0.2">
       <c r="A53" s="14" t="s">
-        <v>162</v>
+        <v>115</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>163</v>
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C15" r:id="rId1" xr:uid="{1D1BD609-F055-1A4D-99A3-41F9AFDD63EE}"/>
     <hyperlink ref="C37" r:id="rId2" xr:uid="{21A91FBC-5AF7-B446-8E5B-0328A1B9DB3F}"/>
     <hyperlink ref="C5" r:id="rId3" xr:uid="{BE63D33A-186E-EC41-B812-7D8026FA0F11}"/>
     <hyperlink ref="C41" r:id="rId4" xr:uid="{C426018D-579E-A441-87D7-C2AEF6350851}"/>
     <hyperlink ref="C12" r:id="rId5" xr:uid="{B1C97FAB-16F9-5D41-BDC5-0DEED6B8B588}"/>
     <hyperlink ref="C28" r:id="rId6" xr:uid="{986A79FB-47EB-4A40-B819-BDBD3D89756B}"/>
     <hyperlink ref="G7" r:id="rId7" xr:uid="{1998AF3B-F6DD-8C49-8C63-93DAE5F4990F}"/>
     <hyperlink ref="G9" r:id="rId8" xr:uid="{B507D8ED-ECE9-7B47-9BC7-BBBC4B411B2B}"/>
     <hyperlink ref="C18" r:id="rId9" xr:uid="{F0A8FF7E-470A-6947-90BB-357FA1E1368F}"/>
     <hyperlink ref="C33" r:id="rId10" xr:uid="{C025DE63-E76E-5F4E-ABF3-5116B55CA111}"/>
     <hyperlink ref="G6" r:id="rId11" xr:uid="{1F05E670-096E-B642-A8AE-E52B07A41B3F}"/>
     <hyperlink ref="C30" r:id="rId12" xr:uid="{A2888334-5A9E-964C-807E-9BFFFED05452}"/>
     <hyperlink ref="C13" r:id="rId13" xr:uid="{E75B118F-98BB-6B43-8DE1-6FBF91D9F984}"/>
     <hyperlink ref="C25" r:id="rId14" xr:uid="{11FEF9E0-A851-6645-BE44-53FE4D580080}"/>
     <hyperlink ref="J20" r:id="rId15" xr:uid="{7FD5EDAD-07D2-054D-899F-050917A445D0}"/>
     <hyperlink ref="C16" r:id="rId16" xr:uid="{B1DAB371-1E73-D743-BEE3-35A6FB357D26}"/>
     <hyperlink ref="C7" r:id="rId17" xr:uid="{3A103544-2813-8143-8635-2885005ADDB2}"/>
   </hyperlinks>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:D22"/>
   <sheetViews>
-    <sheetView zoomScale="159" zoomScaleNormal="159" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1:C1048576"/>
+    <sheetView topLeftCell="B1" zoomScale="159" zoomScaleNormal="159" workbookViewId="0">
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="35.33203125" customWidth="1"/>
     <col min="2" max="2" width="37.33203125" customWidth="1"/>
     <col min="3" max="3" width="37.1640625" customWidth="1"/>
     <col min="4" max="4" width="41.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A1" s="7"/>
       <c r="B1" s="7"/>
       <c r="C1" s="7" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="7" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A2" s="1" t="s">
-        <v>172</v>
+        <v>125</v>
       </c>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A3" s="2" t="s">
-        <v>173</v>
+        <v>126</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>292</v>
+        <v>235</v>
       </c>
       <c r="C3" s="18" t="s">
-        <v>293</v>
+        <v>236</v>
       </c>
       <c r="D3" s="1" t="s">
-        <v>294</v>
+        <v>237</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A5" s="1" t="s">
-        <v>191</v>
+        <v>141</v>
       </c>
       <c r="B5" s="2"/>
       <c r="C5" s="2"/>
       <c r="D5" s="8" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
-        <v>176</v>
+        <v>129</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>174</v>
+        <v>127</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>175</v>
+        <v>128</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>186</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="2"/>
       <c r="D7" s="1"/>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A8" s="2" t="s">
-        <v>491</v>
+        <v>425</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>490</v>
+        <v>424</v>
       </c>
       <c r="C8" t="s">
-        <v>499</v>
+        <v>432</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B9" s="2"/>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A10" s="2"/>
       <c r="B10" s="2"/>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A11" s="2"/>
       <c r="B11" s="2"/>
       <c r="C11" s="2"/>
       <c r="D11" s="2"/>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A12" s="2"/>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A13" s="2"/>
@@ -5780,225 +5483,217 @@
       <c r="C20" s="2"/>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A21" s="2"/>
       <c r="B21" s="2"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.2">
       <c r="A22" s="2"/>
       <c r="B22" s="2"/>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C3" r:id="rId1" xr:uid="{93D85748-C789-F447-B59E-1886687FCA6B}"/>
   </hyperlinks>
   <pageMargins left="0" right="0" top="0" bottom="0" header="0" footer="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5175CDE6-CE16-0E40-A176-A48509A84926}">
-  <dimension ref="A1:B20"/>
+  <dimension ref="A1:B19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B1" sqref="B1:B1048576"/>
+      <selection activeCell="A4" sqref="A4:XFD4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="33" customWidth="1"/>
     <col min="2" max="2" width="33.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="53" t="s">
-        <v>559</v>
+        <v>492</v>
       </c>
       <c r="B1" s="18" t="s">
-        <v>560</v>
+        <v>493</v>
       </c>
     </row>
     <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="24" t="s">
-        <v>295</v>
+        <v>238</v>
       </c>
       <c r="B2" s="18" t="s">
-        <v>296</v>
+        <v>239</v>
       </c>
     </row>
     <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" s="24" t="s">
-        <v>369</v>
+        <v>309</v>
       </c>
       <c r="B3" s="18" t="s">
-        <v>372</v>
+        <v>312</v>
       </c>
     </row>
     <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" s="24" t="s">
-        <v>565</v>
+        <v>410</v>
       </c>
       <c r="B4" s="18" t="s">
-        <v>566</v>
+        <v>411</v>
       </c>
     </row>
     <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" s="24" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>198</v>
+      </c>
+      <c r="B5" s="25" t="s">
+        <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A6" s="24" t="s">
-[...3 lines deleted...]
-        <v>255</v>
+      <c r="A6" s="53" t="s">
+        <v>406</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>407</v>
       </c>
     </row>
     <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" s="53" t="s">
-        <v>470</v>
+        <v>412</v>
       </c>
       <c r="B7" s="18" t="s">
-        <v>471</v>
+        <v>413</v>
       </c>
     </row>
     <row r="8" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A8" s="53" t="s">
-[...3 lines deleted...]
-        <v>477</v>
+      <c r="A8" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="B8" s="25" t="s">
+        <v>311</v>
       </c>
     </row>
     <row r="9" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A9" s="24" t="s">
-        <v>370</v>
+        <v>200</v>
       </c>
       <c r="B9" s="25" t="s">
-        <v>371</v>
+        <v>201</v>
       </c>
     </row>
     <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="24" t="s">
-        <v>256</v>
+        <v>202</v>
       </c>
       <c r="B10" s="25" t="s">
-        <v>257</v>
+        <v>203</v>
       </c>
     </row>
     <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="24" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>331</v>
+      </c>
+      <c r="B11" s="18" t="s">
+        <v>355</v>
       </c>
     </row>
     <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
-        <v>391</v>
+        <v>408</v>
       </c>
       <c r="B12" s="18" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
     </row>
     <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" s="24" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>204</v>
+      </c>
+      <c r="B13" s="25" t="s">
+        <v>205</v>
       </c>
     </row>
     <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" s="24" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>494</v>
+      </c>
+      <c r="B14" s="18" t="s">
+        <v>495</v>
       </c>
     </row>
     <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" s="24" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>206</v>
+      </c>
+      <c r="B15" s="25" t="s">
+        <v>207</v>
       </c>
     </row>
     <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" s="24" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>521</v>
+      </c>
+      <c r="B16" s="18" t="s">
+        <v>496</v>
       </c>
     </row>
     <row r="17" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A17" s="24" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>564</v>
+        <v>314</v>
+      </c>
+      <c r="B17" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A18" s="24" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="A18" s="24"/>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="24"/>
-    </row>
-[...2 lines deleted...]
-      <c r="B20" s="18"/>
+      <c r="B19" s="18"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId1" xr:uid="{2812C7FC-4D33-114E-959A-ABE4645BF46A}"/>
     <hyperlink ref="B3" r:id="rId2" xr:uid="{119EBC55-EB26-4C45-8CE3-B663BCC733B9}"/>
-    <hyperlink ref="B12" r:id="rId3" xr:uid="{CF249E31-C097-FC46-BB7F-513B1C74FE3F}"/>
-[...3 lines deleted...]
-    <hyperlink ref="B8" r:id="rId7" xr:uid="{971BC04F-A249-D74B-9F28-5B6B83994836}"/>
+    <hyperlink ref="B11" r:id="rId3" xr:uid="{CF249E31-C097-FC46-BB7F-513B1C74FE3F}"/>
+    <hyperlink ref="B12" r:id="rId4" xr:uid="{54F3EBF0-D8A0-6B4D-B551-E8BF9FCBAC7E}"/>
+    <hyperlink ref="B6" r:id="rId5" xr:uid="{66E3BA7C-9210-ED4A-86DB-1E3B198923E9}"/>
+    <hyperlink ref="B4" r:id="rId6" xr:uid="{EAF49CDB-1652-DE43-B58C-A406CA628FD0}"/>
+    <hyperlink ref="B7" r:id="rId7" xr:uid="{971BC04F-A249-D74B-9F28-5B6B83994836}"/>
     <hyperlink ref="B1" r:id="rId8" xr:uid="{ACF893F8-287F-854B-811A-44679BF6E90D}"/>
-    <hyperlink ref="B15" r:id="rId9" xr:uid="{8B5E7F00-1D79-E648-AABB-6D88CCB081E7}"/>
-    <hyperlink ref="B17" r:id="rId10" xr:uid="{544F4F7A-C484-D940-B8F5-B82141878339}"/>
+    <hyperlink ref="B14" r:id="rId9" xr:uid="{8B5E7F00-1D79-E648-AABB-6D88CCB081E7}"/>
+    <hyperlink ref="B16" r:id="rId10" xr:uid="{544F4F7A-C484-D940-B8F5-B82141878339}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Namngivna områden</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>